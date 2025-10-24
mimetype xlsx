--- v0 (2025-10-03)
+++ v1 (2025-10-24)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Raccacbf0c161473a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra130646e568847db" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc156988f735a40f8"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf4a56608f08a4e13"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R25452bef30874e6f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc156988f735a40f8" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re82d8a7645f344aa" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf4a56608f08a4e13" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Free lunch investor</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9QHQ2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,492 +149,87 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...215 lines deleted...]
-          <x:t>11.09.2025</x:t>
+          <x:t>22.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,194</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>134,550</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>135,126</x:t>
-[...214 lines deleted...]
-        <x:is>
           <x:t>134,926</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>134,491</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>134,617</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>24.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>134,047</x:t>
         </x:is>
       </x:c>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>02.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>133,585</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>133,744</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>133,133</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>133,336</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,833</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,371</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,698</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,698</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,428</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,252</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,432</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,799</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,993</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,792</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,041</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,723</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>