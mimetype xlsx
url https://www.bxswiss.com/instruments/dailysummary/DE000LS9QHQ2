--- v1 (2025-10-24)
+++ v2 (2025-11-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra130646e568847db" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra4d440fadbef422a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf4a56608f08a4e13"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R74e08567697f4396"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re82d8a7645f344aa" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf4a56608f08a4e13" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R520c67b3c5004a03" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R74e08567697f4396" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Free lunch investor</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9QHQ2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>22.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>13.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>132,364</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>132,950</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>132,251</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>132,670</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>23.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>132,211</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>132,383</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>131,546</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>131,723</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,969</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,326</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,321</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,748</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,051</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,999</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,842</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,533</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,429</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>