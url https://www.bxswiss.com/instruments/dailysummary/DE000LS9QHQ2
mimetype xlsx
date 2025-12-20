--- v2 (2025-11-14)
+++ v3 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra4d440fadbef422a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7e60ea482f044890" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R74e08567697f4396"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R88b7f23af5ad4dec"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R520c67b3c5004a03" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R74e08567697f4396" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8c6c479993a54276" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R88b7f23af5ad4dec" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Free lunch investor</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9QHQ2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13.10.2025</x:t>
-[...640 lines deleted...]
-          <x:t>128,429</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,994</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,778</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,692</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,066</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,972</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,412</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,328</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,716</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,461</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,691</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,283</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,083</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,182</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,366</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,564</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,921</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,908</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,928</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,488</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>