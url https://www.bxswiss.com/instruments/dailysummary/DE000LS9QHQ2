--- v3 (2025-12-20)
+++ v4 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7e60ea482f044890" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R63ec7035a1954be6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R88b7f23af5ad4dec"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd8293efab3334554"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8c6c479993a54276" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R88b7f23af5ad4dec" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra6b5a8a6d32a4b2e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd8293efab3334554" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Free lunch investor</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9QHQ2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>130,739</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>130,739</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>129,679</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>130,182</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>129,738</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>131,489</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>129,174</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>131,488</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,392</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,886</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,378</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,946</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,807</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,592</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>