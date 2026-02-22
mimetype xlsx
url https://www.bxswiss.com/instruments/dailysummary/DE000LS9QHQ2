--- v4 (2026-01-11)
+++ v5 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R63ec7035a1954be6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfb983cb29c4a4c7c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd8293efab3334554"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc560940d546d4fe0"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra6b5a8a6d32a4b2e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd8293efab3334554" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3dde04bb62e24d6a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc560940d546d4fe0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Free lunch investor</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9QHQ2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>135,592</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,146</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,504</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,839</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,092</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,531</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,945</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,602</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,357</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,922</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,598</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,306</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,104</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,899</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,919</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,608</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>