--- v5 (2026-02-22)
+++ v6 (2026-03-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfb983cb29c4a4c7c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R30836cc9464f48d1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc560940d546d4fe0"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd72419b0314c494e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3dde04bb62e24d6a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc560940d546d4fe0" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2a62d80214574706" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd72419b0314c494e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Free lunch investor</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9QHQ2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>12.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>124,239</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>124,583</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>122,305</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>122,306</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +332,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>123,884</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>124,705</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>123,674</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>124,608</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,811</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,943</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,521</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,302</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,881</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,948</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,712</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,131</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,784</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,447</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,447</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,476</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,476</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,246</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,966</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>