--- v0 (2025-10-03)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R72c366ee3b1c479d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2be0c18a784a465f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R53fc44695efb471b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R561858ef74314953"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7545c231a7cc449d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R53fc44695efb471b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rff69671bb4de436c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R561858ef74314953" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CO2 NO</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9QHP4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>23.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>134,786</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>135,442</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>128,616</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>128,895</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>02.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>137,706</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>138,132</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>137,700</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>138,041</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,439</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,411</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,812</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,486</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,486</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,486</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,486</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,922</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,961</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,436</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,287</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,016</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,016</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>