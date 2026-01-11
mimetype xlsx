--- v1 (2025-10-25)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2be0c18a784a465f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1ccbcb1d001c4f34" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R561858ef74314953"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcc43bfa98938403d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rff69671bb4de436c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R561858ef74314953" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0dc5b66ad27e407b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcc43bfa98938403d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CO2 NO</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9QHP4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>147,016</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,298</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,801</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,977</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,467</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,467</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,943</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,122</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,559</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,317</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,317</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,096</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,466</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,466</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,006</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,334</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>