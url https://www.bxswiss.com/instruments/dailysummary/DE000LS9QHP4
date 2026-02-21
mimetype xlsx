--- v2 (2026-01-11)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1ccbcb1d001c4f34" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R04188e1f4ab341db" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcc43bfa98938403d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re2927a3b9dc64482"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0dc5b66ad27e407b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcc43bfa98938403d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3f1bd158fbee4da9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re2927a3b9dc64482" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CO2 NO</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9QHP4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,626 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>160,334</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,539</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,022</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,308</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,308</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,308</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,688</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,601</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,308</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,422</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,622</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,214</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,034</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,421</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,854</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,081</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,808</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,098</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,328</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>