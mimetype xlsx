--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R04188e1f4ab341db" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R31e344743d95415c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re2927a3b9dc64482"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R586be211abd14b95"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3f1bd158fbee4da9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re2927a3b9dc64482" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R16e87f03f53848c7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R586be211abd14b95" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CO2 NO</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9QHP4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,408 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...356 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>155,775</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>156,585</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>155,511</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>156,214</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -744,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>155,632</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>156,541</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>154,637</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>156,328</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,852</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,456</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,774</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,493</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,227</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,031</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,686</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,104</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,099</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,620</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>