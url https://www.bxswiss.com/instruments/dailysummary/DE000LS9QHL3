--- v0 (2025-10-04)
+++ v1 (2025-11-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcec98dddf52b4b59" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7b18f1306a804f05" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rba81349d76eb4b7a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0de7d8d18fe143d6"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R85341d4389664e60" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rba81349d76eb4b7a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4d7b04e39c5a410c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0de7d8d18fe143d6" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Nachhaltig und Optimiert</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9QHL3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>03.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>126,022</x:t>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,563</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,946</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,183</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,034</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,101</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,864</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,338</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,717</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,394</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,476</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,533</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,742</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,121</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,476</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,993</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,798</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,609</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,591</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,063</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,455</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>