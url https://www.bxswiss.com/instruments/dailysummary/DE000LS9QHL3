--- v1 (2025-11-21)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7b18f1306a804f05" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R593c682fcbd549c7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0de7d8d18fe143d6"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6beac82072714001"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4d7b04e39c5a410c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0de7d8d18fe143d6" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc5273ef2f609460f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6beac82072714001" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Nachhaltig und Optimiert</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9QHL3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,617 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.10.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>18.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>126,491</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>128,066</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>126,338</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>128,063</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +224,598 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>129,513</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>130,479</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>129,233</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>129,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,699</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,583</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,556</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,593</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,142</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,623</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,228</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,196</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,788</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,944</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,591</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,342</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,802</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,934</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,262</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,638</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,921</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>