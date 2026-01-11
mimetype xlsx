--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R593c682fcbd549c7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rba2f9c5249a04315" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6beac82072714001"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rccc94a19fd904c5f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc5273ef2f609460f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6beac82072714001" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rec4b3dbdfa5648ab" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rccc94a19fd904c5f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Nachhaltig und Optimiert</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9QHL3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...279 lines deleted...]
-          <x:t>131,381</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,591</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,342</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,802</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,934</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,262</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,638</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,921</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,749</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,898</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,689</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,467</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>131,079</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>131,228</x:t>
-[...350 lines deleted...]
-          <x:t>130,921</x:t>
+          <x:t>131,239</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,053</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,969</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,566</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>