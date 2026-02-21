--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rba2f9c5249a04315" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7520bd59aa454979" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rccc94a19fd904c5f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R86af94ac02cb4261"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rec4b3dbdfa5648ab" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rccc94a19fd904c5f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3567c0f77bb14e41" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R86af94ac02cb4261" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Nachhaltig und Optimiert</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9QHL3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...36 lines deleted...]
-          <x:t>130,497</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,464</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,537</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,253</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,499</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,484</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,706</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,507</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,834</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,337</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,678</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,338</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,633</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,088</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,558</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,021</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>129,283</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>130,342</x:t>
-[...404 lines deleted...]
-          <x:t>132,566</x:t>
+          <x:t>130,733</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,217</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,234</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,037</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,897</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,360</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>