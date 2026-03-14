--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7520bd59aa454979" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra37d27e568a746d0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R86af94ac02cb4261"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc6f3b97d457d4c0d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3567c0f77bb14e41" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R86af94ac02cb4261" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9d553ee047ab483a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc6f3b97d457d4c0d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Nachhaltig und Optimiert</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9QHL3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>130,437</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>130,477</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>129,542</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>130,088</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>130,899</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>131,340</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>130,020</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>130,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,945</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,573</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,968</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,726</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,837</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,833</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,516</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,423</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,878</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,231</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,192</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,452</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>