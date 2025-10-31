--- v0 (2025-10-04)
+++ v1 (2025-10-31)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R66637483ecf04e6d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rec1abccb82e9414d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcfab0cf1558e481c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra8b9fc64d1bb4334"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R157e2f5ee3aa48df" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcfab0cf1558e481c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0359f934c5194242" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra8b9fc64d1bb4334" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Global Trust Invest TN</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9QGW2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,563 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...511 lines deleted...]
-        <x:is>
           <x:t>29.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>89,311</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>89,665</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>89,034</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>89,453</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +278,544 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>89,833</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>89,896</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>89,402</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>89,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,254</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,034</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,668</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,288</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,968</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,848</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,844</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,736</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,817</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,604</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,423</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,574</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,868</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,523</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,163</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>