--- v1 (2025-10-31)
+++ v2 (2026-01-08)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rec1abccb82e9414d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3e389faf601b4780" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra8b9fc64d1bb4334"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5e6c80ea18e94a74"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0359f934c5194242" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra8b9fc64d1bb4334" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R64f7f60cdc99443e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5e6c80ea18e94a74" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Global Trust Invest TN</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9QGW2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>93,163</x:t>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,074</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,667</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,373</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,549</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,042</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,147</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,202</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,911</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,016</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,422</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,458</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,478</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,257</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,578</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,042</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,151</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>