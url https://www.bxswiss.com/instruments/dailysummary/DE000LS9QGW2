--- v2 (2026-01-08)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3e389faf601b4780" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc25e8d065a254261" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5e6c80ea18e94a74"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R77fdec46663643f5"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R64f7f60cdc99443e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5e6c80ea18e94a74" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc5184ccbd7174f25" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R77fdec46663643f5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Global Trust Invest TN</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9QGW2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>97,151</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,336</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,502</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,691</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,629</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,507</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,526</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,372</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,577</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,677</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,746</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,516</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,031</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,037</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,423</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,284</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,333</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,197</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,967</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,883</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,099</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>