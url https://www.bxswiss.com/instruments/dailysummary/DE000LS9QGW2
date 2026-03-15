--- v3 (2026-02-21)
+++ v4 (2026-03-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc25e8d065a254261" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2c195e6c3e7a4dda" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R77fdec46663643f5"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R99dda55358ec460e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc5184ccbd7174f25" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R77fdec46663643f5" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Redb2c351410e4264" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R99dda55358ec460e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Global Trust Invest TN</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9QGW2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,509 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...457 lines deleted...]
-        <x:is>
           <x:t>12.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>89,494</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>89,497</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>87,269</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>87,284</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +332,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>89,048</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>89,461</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>88,588</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>89,099</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,822</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,613</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,044</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,558</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,059</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,609</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,017</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,388</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,747</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,919</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,634</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,043</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,905</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>