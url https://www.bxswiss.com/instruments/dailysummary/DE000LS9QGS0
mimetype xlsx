--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbc187378fc2d45ac" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8c187492c99d441f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R97b0c83b23f74a2a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rca33ceac4e5f49bc"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rea5f809a36db4577" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R97b0c83b23f74a2a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R63865f7ad1554dcf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rca33ceac4e5f49bc" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>H2 Wasserstoff-Brennstoffzellen</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9QGS0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>23.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>149,047</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>149,275</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>146,519</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>146,599</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>151,144</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>152,439</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>150,220</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>152,439</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,777</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,673</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,553</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,868</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,069</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,069</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,221</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,124</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,124</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,908</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,214</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,214</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,533</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,314</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,049</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>