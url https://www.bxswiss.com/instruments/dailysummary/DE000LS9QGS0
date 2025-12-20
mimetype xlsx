--- v1 (2025-10-25)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8c187492c99d441f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb18bbd5a3dc54744" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rca33ceac4e5f49bc"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2313aa7c86a84fc6"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R63865f7ad1554dcf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rca33ceac4e5f49bc" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R395ee26886094cb4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2313aa7c86a84fc6" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>H2 Wasserstoff-Brennstoffzellen</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9QGS0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...220 lines deleted...]
-          <x:t>151,144</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,717</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,642</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>152,439</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>150,220</x:t>
-[...409 lines deleted...]
-          <x:t>153,049</x:t>
+          <x:t>153,248</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,928</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,433</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,348</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,957</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,317</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,983</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,894</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,939</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,438</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,002</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,239</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,528</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,823</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,594</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,549</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,126</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,091</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>