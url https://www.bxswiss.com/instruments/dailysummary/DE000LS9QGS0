--- v2 (2025-12-20)
+++ v3 (2026-01-10)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb18bbd5a3dc54744" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rddbb20e9d113426d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2313aa7c86a84fc6"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7a5480244b2749ff"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R395ee26886094cb4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2313aa7c86a84fc6" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1d4332cc41964253" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7a5480244b2749ff" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>H2 Wasserstoff-Brennstoffzellen</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9QGS0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,511 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...31 lines deleted...]
-          <x:t>152,442</x:t>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,002</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,239</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,528</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,823</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,594</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,549</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,126</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,091</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,869</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>153,642</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>152,439</x:t>
-[...598 lines deleted...]
-          <x:t>151,091</x:t>
+          <x:t>153,746</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,469</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,936</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,936</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,634</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,229</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>