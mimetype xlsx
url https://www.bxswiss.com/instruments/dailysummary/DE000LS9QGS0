--- v3 (2026-01-10)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rddbb20e9d113426d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R945b903d876a44f4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7a5480244b2749ff"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdb5ab7c31bcc49a7"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1d4332cc41964253" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7a5480244b2749ff" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8fd052076dab4b64" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdb5ab7c31bcc49a7" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>H2 Wasserstoff-Brennstoffzellen</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9QGS0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,511 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.12.2025</x:t>
-[...478 lines deleted...]
-          <x:t>168,229</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,286</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,286</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,286</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,973</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,694</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,748</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,915</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,102</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,482</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,482</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,768</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,618</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,618</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,047</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,047</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,332</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,449</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,964</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,017</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,693</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,571</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>