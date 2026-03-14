--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R945b903d876a44f4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3c111540ff75485a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdb5ab7c31bcc49a7"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2d731dc1e4dc40da"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8fd052076dab4b64" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdb5ab7c31bcc49a7" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2ab1c6da96b24176" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2d731dc1e4dc40da" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>H2 Wasserstoff-Brennstoffzellen</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9QGS0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>11.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>178,903</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>179,638</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>178,533</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>179,332</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>183,510</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>184,508</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>182,506</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>183,571</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,511</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,584</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,953</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,016</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,776</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,869</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,806</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,146</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,575</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>