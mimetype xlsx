--- v0 (2025-10-04)
+++ v1 (2025-11-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd57babf6752d49ce" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R15eeec773571420d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R84b4fc5b3ffd41af"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc8e30972915041d1"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rba68cdeab0d548db" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R84b4fc5b3ffd41af" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9ecce6f8922b4143" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc8e30972915041d1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>US-Tech-Big-Five</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9QGP6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>211,295</x:t>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,627</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,321</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,832</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,406</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,117</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,873</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,643</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,644</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,187</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,372</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,321</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,543</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,993</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,763</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,168</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,299</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,626</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,604</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,628</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,318</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>