--- v1 (2025-11-21)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R15eeec773571420d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb967360a4d42466c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc8e30972915041d1"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf4b8af8616854012"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9ecce6f8922b4143" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc8e30972915041d1" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdf11f3e83d57432f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf4b8af8616854012" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>US-Tech-Big-Five</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9QGP6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.10.2025</x:t>
-[...640 lines deleted...]
-          <x:t>218,318</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,153</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,378</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,262</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,548</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,217</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,584</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,083</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,427</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,482</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,366</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,493</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,846</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>