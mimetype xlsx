--- v2 (2026-01-11)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb967360a4d42466c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8afbf312ce2c47df" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf4b8af8616854012"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9f514d29b08f43f3"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdf11f3e83d57432f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf4b8af8616854012" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc68534829ddf4465" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9f514d29b08f43f3" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>US-Tech-Big-Five</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9QGP6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...149 lines deleted...]
-          <x:t>217,374</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,198</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,681</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,239</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,212</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,764</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,333</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,830</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>218,245</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.12.2025</x:t>
-[...289 lines deleted...]
-          <x:t>225,846</x:t>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,484</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,024</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,179</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,483</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,992</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,558</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,719</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,574</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,161</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,178</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,958</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,054</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,558</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,868</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,824</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>