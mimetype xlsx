--- v0 (2025-10-04)
+++ v1 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R42557c28e9d64e62" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc542d9d4d05c4395" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf2e20c078a60418a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1e1cec5b54824367"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Raf40be0941b14744" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf2e20c078a60418a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R649253143fc04523" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1e1cec5b54824367" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>OnlyOneWorld</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9QGK7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>116,932</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,957</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,546</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,248</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,914</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,403</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,861</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,963</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,161</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,091</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,359</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,813</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,567</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,243</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,294</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,158</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,659</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,134</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,008</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,627</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>