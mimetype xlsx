--- v1 (2025-12-20)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc542d9d4d05c4395" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbff1555579f84066" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1e1cec5b54824367"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R02f205446d734f7c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R649253143fc04523" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1e1cec5b54824367" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf4443f570f5d4aff" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R02f205446d734f7c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>OnlyOneWorld</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9QGK7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>120,985</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>121,301</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>120,952</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>121,294</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>120,103</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>120,681</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>120,015</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>120,627</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,782</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,306</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,907</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,053</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,317</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,627</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,495</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>