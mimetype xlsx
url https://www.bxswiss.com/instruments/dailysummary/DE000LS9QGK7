--- v2 (2026-01-11)
+++ v3 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbff1555579f84066" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R439644971f294c73" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R02f205446d734f7c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbb65e2ea90cb41b3"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf4443f570f5d4aff" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R02f205446d734f7c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfe38712343544f7e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbb65e2ea90cb41b3" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>OnlyOneWorld</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9QGK7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>125,495</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,761</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,229</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,311</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,229</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,128</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,527</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,138</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,838</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,773</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,024</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,946</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,028</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,098</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,139</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,819</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,342</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,444</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,107</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>