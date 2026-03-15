--- v3 (2026-02-22)
+++ v4 (2026-03-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R439644971f294c73" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf07a89d55fe04941" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbb65e2ea90cb41b3"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R16320b3c42e34c01"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfe38712343544f7e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbb65e2ea90cb41b3" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3cd88a8f0ed94e2e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R16320b3c42e34c01" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>OnlyOneWorld</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9QGK7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...404 lines deleted...]
-          <x:t>11.02.2026</x:t>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,028</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,098</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,139</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,819</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,342</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,444</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,107</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,662</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,357</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,929</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,234</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,582</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,333</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,296</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,341</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,547</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,726</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,327</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>121,886</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>123,171</x:t>
-[...198 lines deleted...]
-          <x:t>124,107</x:t>
+          <x:t>120,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,119</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,353</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>