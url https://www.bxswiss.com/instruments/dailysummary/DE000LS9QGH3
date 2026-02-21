--- v0 (2025-10-04)
+++ v1 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8bf9332165ce4ae4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R70f6a3a6ddf349c9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0981b8c6d4e1481e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re578030245c044d0"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8fdde543b7314ec3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0981b8c6d4e1481e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6a821ad815924861" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re578030245c044d0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Hydrogen2050</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9QGH3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>69,697</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,828</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,933</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,131</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,114</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,501</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,891</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,028</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,633</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,593</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,884</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,162</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,791</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,437</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,338</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,117</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,861</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,109</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,684</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,182</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>