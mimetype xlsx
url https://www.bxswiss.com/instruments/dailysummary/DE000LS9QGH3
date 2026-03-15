--- v1 (2026-02-21)
+++ v2 (2026-03-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R70f6a3a6ddf349c9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R20ec2897835e40c6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re578030245c044d0"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re5dacb67b82f4ce5"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6a821ad815924861" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re578030245c044d0" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R40df4902336d4a86" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re5dacb67b82f4ce5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Hydrogen2050</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9QGH3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...333 lines deleted...]
-          <x:t>72,407</x:t>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,338</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,117</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,861</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,109</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,684</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,182</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,147</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,929</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,934</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,024</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,116</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,399</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,492</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>65,791</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>68,593</x:t>
-[...60 lines deleted...]
-          <x:t>10.02.2026</x:t>
+          <x:t>70,867</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,688</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>73,503</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...227 lines deleted...]
-          <x:t>74,182</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,433</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,954</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>