--- v0 (2025-10-31)
+++ v1 (2026-01-08)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R29d2e822c5ca4363" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3790b6b2b36b4613" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R50bb79dad669412a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6e2d34c377714962"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R033def4d40734181" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R50bb79dad669412a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcfe2ab0eb47b4fff" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6e2d34c377714962" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Smart Selection - Green</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9QGD2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
-[...149 lines deleted...]
-          <x:t>147,737</x:t>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,941</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,487</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,126</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,392</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,792</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,894</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,248</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,411</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,347</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,237</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>149,053</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...482 lines deleted...]
-          <x:t>147,467</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,202</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,712</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,032</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,138</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,336</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>