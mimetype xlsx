--- v1 (2026-01-08)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3790b6b2b36b4613" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rac96fcc4ec3249cc" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6e2d34c377714962"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc5a78b9a11d34374"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcfe2ab0eb47b4fff" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6e2d34c377714962" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2df46f801079497d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc5a78b9a11d34374" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Smart Selection - Green</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9QGD2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,104 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.12.2025</x:t>
-[...52 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>152,588</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>153,188</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>152,579</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>153,126</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -602,31 +548,85 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>07.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>156,387</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>157,336</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>155,015</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>157,336</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,408</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,811</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>