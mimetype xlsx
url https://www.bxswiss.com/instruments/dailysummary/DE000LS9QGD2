--- v2 (2026-01-11)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rac96fcc4ec3249cc" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd174bcd193e248de" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc5a78b9a11d34374"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra2525c260c08493e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2df46f801079497d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc5a78b9a11d34374" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1c8ac221e41b4206" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra2525c260c08493e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Smart Selection - Green</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9QGD2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>155,811</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,214</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,748</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,588</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,219</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,709</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,609</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,442</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,482</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,193</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,919</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,169</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,663</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,921</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,491</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,972</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,097</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,149</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,939</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,307</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,003</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,672</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>