--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd174bcd193e248de" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R94838586f1fe4a3c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra2525c260c08493e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6f75bb05922c487c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1c8ac221e41b4206" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra2525c260c08493e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R20ae541732614dd4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6f75bb05922c487c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Smart Selection - Green</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9QGD2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...203 lines deleted...]
-          <x:t>157,840</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,921</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,491</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,972</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,097</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,149</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,939</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,307</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>158,442</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...388 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>158,521</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>156,901</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>158,003</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>157,279</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>158,090</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>156,673</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>157,672</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,036</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,966</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,853</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,299</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,915</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,378</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,759</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,618</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,452</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,917</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,706</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,539</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,164</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>