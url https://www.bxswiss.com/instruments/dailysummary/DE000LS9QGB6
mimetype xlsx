--- v0 (2025-10-03)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0436db00e1df4820" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R776b0656b7984c1f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R261a571f4dcc4785"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rff2cafe1d9c145e1"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R54a18e2eeefd408e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R261a571f4dcc4785" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8b9b8aac55f5445d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rff2cafe1d9c145e1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Perspektive Wasserstoff KI 1.0</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9QGB6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>23.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>337,185</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>338,474</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>336,410</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>336,710</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,463 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>02.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>342,594</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>345,328</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>342,192</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>344,066</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>345,467</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>359,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>345,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,477</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>357,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>356,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>359,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>359,771</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>364,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>364,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>361,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>362,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>362,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>363,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>360,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>360,846</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,749</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>345,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>357,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,716</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,936</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>340,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>339,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,394</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>356,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,882</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,246</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>356,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,512</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>357,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>357,242</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>