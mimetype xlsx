--- v1 (2025-10-25)
+++ v2 (2026-01-10)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R776b0656b7984c1f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R94e1805b16f94ebd" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rff2cafe1d9c145e1"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra00bf5a97ea448f2"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8b9b8aac55f5445d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rff2cafe1d9c145e1" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R12705ce23b0542b1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra00bf5a97ea448f2" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Perspektive Wasserstoff KI 1.0</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9QGB6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,511 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>357,242</x:t>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>349,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>345,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,603</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>339,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>341,248</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>345,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>345,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>339,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>340,431</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>339,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,874</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>340,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,613</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>341,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,626</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>340,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>339,266</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>339,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>339,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>341,433</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>341,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,012</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>341,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>339,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,321</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>341,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>341,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>339,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>341,132</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>341,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>340,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,136</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,986</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>345,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,054</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>345,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>349,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>349,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>345,692</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>349,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>345,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,772</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>