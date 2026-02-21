--- v2 (2026-01-10)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R94e1805b16f94ebd" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4ff48b9c3dc3479c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra00bf5a97ea448f2"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra221004220144b07"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R12705ce23b0542b1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra00bf5a97ea448f2" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R20bde74d834a466c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra221004220144b07" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Perspektive Wasserstoff KI 1.0</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9QGB6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,511 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.12.2025</x:t>
-[...478 lines deleted...]
-          <x:t>348,772</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>341,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,047</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,311</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>349,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>349,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,712</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>345,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,529</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>349,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>349,007</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>349,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>349,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>340,899</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>340,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,014</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,077</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>349,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>349,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>341,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>341,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>339,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,177</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,289</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,322</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>331,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>331,326</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>331,139</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>331,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>331,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,472</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,111</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,464</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,187</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,023</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,769</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>