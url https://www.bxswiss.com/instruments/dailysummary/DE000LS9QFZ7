--- v0 (2025-10-03)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb3c39d7baeb8466a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1ce5d40e05394d26" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfe30b6a4b21a4b61"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1c01fb1bdc9945e2"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf42c96b8d039419c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfe30b6a4b21a4b61" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6578326b981746a6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1c01fb1bdc9945e2" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Fundamentaldaten vor Trend </x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9QFZ7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>23.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>199,482</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>200,882</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>199,407</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>200,098</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,463 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>02.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>204,972</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>206,280</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>204,542</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>204,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,777</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,867</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,883</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,674</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,811</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,224</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,703</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,774</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,294</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,952</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,566</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,692</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,940</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>