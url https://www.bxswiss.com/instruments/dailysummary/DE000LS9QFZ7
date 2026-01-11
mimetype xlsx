--- v1 (2025-10-25)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1ce5d40e05394d26" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbe7b4e6f5b764de9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1c01fb1bdc9945e2"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc8a47495b5474cb3"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6578326b981746a6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1c01fb1bdc9945e2" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcf3e116390e74710" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc8a47495b5474cb3" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Fundamentaldaten vor Trend </x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9QFZ7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>203,940</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,708</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,897</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,398</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,164</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,704</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,531</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,927</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,691</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,498</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,841</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,906</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,687</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,262</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>