--- v2 (2026-01-11)
+++ v3 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbe7b4e6f5b764de9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6b2277f23b864609" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc8a47495b5474cb3"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R869816c062754556"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcf3e116390e74710" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc8a47495b5474cb3" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra889104a058845ee" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R869816c062754556" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Fundamentaldaten vor Trend </x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9QFZ7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...117 lines deleted...]
-          <x:t>223,137</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,898</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,738</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,774</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,121</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,453</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>220,253</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...325 lines deleted...]
-          <x:t>222,262</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,809</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,938</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,618</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,972</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,042</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,581</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,874</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,594</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,937</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,499</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,303</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,002</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,754</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,763</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>