--- v3 (2026-02-22)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6b2277f23b864609" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Recf191a280774bb6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R869816c062754556"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R148b44da659b4ac4"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra889104a058845ee" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R869816c062754556" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R02e9fafefd3f4617" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R148b44da659b4ac4" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Fundamentaldaten vor Trend </x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9QFZ7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>217,645</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>218,569</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>217,033</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>218,499</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>217,411</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>219,895</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>217,273</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>218,763</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,839</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,641</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,899</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,679</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,276</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,957</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,528</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,689</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,017</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,744</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,308</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,427</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>