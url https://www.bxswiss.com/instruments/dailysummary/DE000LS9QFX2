--- v0 (2025-10-03)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3017f8ed65ef4ba2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7e21a205501f4427" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd1a7b7ff9d6b4441"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdabcc404ce714a07"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5e253be146734c7b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd1a7b7ff9d6b4441" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3e224cfab0364e98" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdabcc404ce714a07" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Hammersignal</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9QFX2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...36 lines deleted...]
-          <x:t>219,461</x:t>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,867</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,018</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,374</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,167</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,427</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,051</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,896</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,558</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,571</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,984</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,984</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,984</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,961</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,614</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,571</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>214,867</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>217,745</x:t>
-[...593 lines deleted...]
-          <x:t>226,051</x:t>
+          <x:t>217,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,322</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,626</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,776</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>