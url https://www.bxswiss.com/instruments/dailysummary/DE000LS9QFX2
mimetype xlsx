--- v1 (2025-10-25)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7e21a205501f4427" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R25e93a7604344568" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdabcc404ce714a07"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8911f441b6b44400"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3e224cfab0364e98" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdabcc404ce714a07" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R07d3602c341a40ff" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8911f441b6b44400" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Hammersignal</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9QFX2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>221,776</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,321</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,004</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,492</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,697</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,598</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,726</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,422</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,313</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,952</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,103</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,626</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,929</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,329</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,423</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,041</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,081</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,479</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,736</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,907</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,056</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,228</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,676</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>