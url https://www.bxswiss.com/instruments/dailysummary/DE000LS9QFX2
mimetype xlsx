--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R25e93a7604344568" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdfb7f6219aa24907" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8911f441b6b44400"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0fb6e25b769e4026"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R07d3602c341a40ff" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8911f441b6b44400" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfc14618d464940a8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0fb6e25b769e4026" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Hammersignal</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9QFX2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>213,772</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>213,772</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>211,127</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>212,041</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>206,885</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>207,686</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>206,226</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>207,676</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,182</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,824</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,138</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,471</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,047</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,141</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,038</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,226</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,791</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>