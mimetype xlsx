--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdfb7f6219aa24907" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re7619b24632342a9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0fb6e25b769e4026"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R031ac481fd204add"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfc14618d464940a8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0fb6e25b769e4026" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rba03b9dfc1524dbe" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R031ac481fd204add" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Hammersignal</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9QFX2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>213,791</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,979</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,988</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,836</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,717</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,889</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,051</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,752</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,834</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,431</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,872</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,973</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,929</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,823</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,451</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,867</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,488</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>