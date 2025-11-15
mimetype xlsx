--- v0 (2025-10-04)
+++ v1 (2025-11-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3ef6ee88a668413b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf8410e6cc85b438e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0804432a026c4e35"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1c7892597d38408c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rce9b29afa1ca418f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0804432a026c4e35" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R502196dc8d08453a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1c7892597d38408c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Recurring Revenue Invest</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9QFW4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...527 lines deleted...]
-          <x:t>110,942</x:t>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,193</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,448</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>111,060</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...104 lines deleted...]
-          <x:t>110,399</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,437</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,103</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,653</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,909</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,917</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,974</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,827</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,229</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,957</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,798</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,923</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,366</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,006</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,554</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,216</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,097</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,437</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,426</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,377</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,258</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,407</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>