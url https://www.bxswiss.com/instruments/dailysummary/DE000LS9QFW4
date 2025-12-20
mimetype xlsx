--- v1 (2025-11-15)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf8410e6cc85b438e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb2068c487f5e425f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1c7892597d38408c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd662cac5a4ce40c1"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R502196dc8d08453a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1c7892597d38408c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2eb4241e2ded461e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd662cac5a4ce40c1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Recurring Revenue Invest</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9QFW4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.10.2025</x:t>
-[...640 lines deleted...]
-          <x:t>105,407</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,833</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,489</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,538</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,832</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,069</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,072</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,417</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,922</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,753</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,586</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,818</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,263</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,707</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,807</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,762</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,264</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,322</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,877</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>