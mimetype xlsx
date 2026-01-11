--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb2068c487f5e425f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re1b4b5bf75b947e0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd662cac5a4ce40c1"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R076f62eb8e78408f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2eb4241e2ded461e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd662cac5a4ce40c1" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R940443d91b504ffe" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R076f62eb8e78408f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Recurring Revenue Invest</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9QFW4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>105,190</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>105,190</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>103,879</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>104,707</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>104,188</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>105,020</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>103,976</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>104,877</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,827</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,506</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,159</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,637</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,127</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,442</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,949</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>