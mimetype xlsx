--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re1b4b5bf75b947e0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R892df61a7f5e48ab" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R076f62eb8e78408f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R00970bbba2fe4464"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R940443d91b504ffe" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R076f62eb8e78408f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re5bdd711b2174b45" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R00970bbba2fe4464" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Recurring Revenue Invest</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9QFW4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>100,949</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,061</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,691</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,753</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,128</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,657</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,291</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,934</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,249</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,062</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,158</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,341</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,133</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,268</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,252</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,974</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,554</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,379</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,506</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,032</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>