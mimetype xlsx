--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R892df61a7f5e48ab" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7033f769bf314d24" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R00970bbba2fe4464"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0cd581e656f647db"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re5bdd711b2174b45" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R00970bbba2fe4464" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R17c0fa9d6d764ef8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0cd581e656f647db" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Recurring Revenue Invest</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9QFW4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>81,639</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>85,045</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>81,414</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>84,252</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>81,491</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>82,143</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>80,640</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>82,032</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,747</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,793</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,642</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,056</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,807</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,469</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,782</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,302</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,352</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,006</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,668</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,155</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>