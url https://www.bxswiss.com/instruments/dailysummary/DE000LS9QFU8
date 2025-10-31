--- v0 (2025-10-04)
+++ v1 (2025-10-31)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfda16dc9c8fe46eb" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5024e5854e5d455c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4943fd65de48451a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re15e314c379a4d47"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfeb43fe304f4460d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4943fd65de48451a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2e102d56e4dc4b10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re15e314c379a4d47" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Chancen durch Corona</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9QFU8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,563 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...511 lines deleted...]
-        <x:is>
           <x:t>29.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>158,392</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>159,063</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>158,074</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>158,145</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +278,544 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>158,758</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>159,693</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>158,110</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>159,233</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,648</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,709</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,754</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,887</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,242</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,944</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,369</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,632</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,233</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,807</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,106</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,962</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,911</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,079</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,417</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,503</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,086</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>