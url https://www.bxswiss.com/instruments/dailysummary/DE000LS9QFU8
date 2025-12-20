--- v1 (2025-10-31)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5024e5854e5d455c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf3843781362546aa" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re15e314c379a4d47"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf50eca09cdb34a1d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2e102d56e4dc4b10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re15e314c379a4d47" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5130d2f4a04441a8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf50eca09cdb34a1d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Chancen durch Corona</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9QFU8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
-[...279 lines deleted...]
-          <x:t>162,208</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,597</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,081</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,826</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,313</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,017</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,214</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,653</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,143</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,962</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,958</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,823</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>160,380</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...352 lines deleted...]
-          <x:t>159,086</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,763</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,374</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,664</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,566</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,622</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>