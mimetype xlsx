--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf3843781362546aa" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0bb100cae7394151" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf50eca09cdb34a1d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3b8f519735da40ef"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5130d2f4a04441a8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf50eca09cdb34a1d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R86a547488ba845b0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3b8f519735da40ef" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Chancen durch Corona</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9QFU8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>160,817</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>160,979</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>159,823</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>160,380</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>160,819</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>161,791</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>160,649</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>161,622</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,023</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,753</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,296</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,287</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,362</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,384</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,918</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>