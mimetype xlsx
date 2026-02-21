--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0bb100cae7394151" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6868ff19cfc2433f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3b8f519735da40ef"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5b0729eaa9e34fbc"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R86a547488ba845b0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3b8f519735da40ef" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd19014765a81474b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5b0729eaa9e34fbc" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Chancen durch Corona</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9QFU8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...441 lines deleted...]
-          <x:t>168,241</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,268</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,646</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,808</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,671</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,913</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>167,480</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...1 lines deleted...]
-          <x:t>167,918</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,657</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,319</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,379</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,294</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,252</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,344</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,719</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,508</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,151</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,062</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,783</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,952</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,032</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,399</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,413</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,836</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>