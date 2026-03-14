--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6868ff19cfc2433f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4515ac9d0da147fc" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5b0729eaa9e34fbc"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rae6e77f3204e4e1a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd19014765a81474b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5b0729eaa9e34fbc" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8382b1af81864ee0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rae6e77f3204e4e1a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Chancen durch Corona</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9QFU8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>168,281</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>169,207</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>168,037</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>169,151</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>170,272</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>171,312</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>170,083</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>170,836</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,869</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,673</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,994</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,721</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,159</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,576</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,589</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,796</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,536</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,807</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,131</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,729</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,364</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,838</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>