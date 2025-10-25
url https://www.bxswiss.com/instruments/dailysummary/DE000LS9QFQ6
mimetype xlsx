--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R46835f467fe34453" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0d51355631714aa3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R043c711d28014fb1"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R89ec338e1ca64aee"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd6fdec82541244c2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R043c711d28014fb1" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0eff89d0d7c249fc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R89ec338e1ca64aee" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Wachstums Aktien mit System</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9QFQ6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...252 lines deleted...]
-          <x:t>113,394</x:t>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,099</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,738</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,486</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,643</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,691</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,753</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,899</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,902</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,807</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,402</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,476</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,518</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,864</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,448</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,843</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,331</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,632</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,268</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,208</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>112,651</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>113,018</x:t>
-[...377 lines deleted...]
-          <x:t>112,899</x:t>
+          <x:t>111,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,968</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,136</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,607</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>