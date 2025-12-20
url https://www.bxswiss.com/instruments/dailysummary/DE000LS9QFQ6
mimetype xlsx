--- v1 (2025-10-25)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0d51355631714aa3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb0c5eae4115043be" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R89ec338e1ca64aee"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rda1a1031cdd84582"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0eff89d0d7c249fc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R89ec338e1ca64aee" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd5de2ccda9fb4694" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rda1a1031cdd84582" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Wachstums Aktien mit System</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9QFQ6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...468 lines deleted...]
-          <x:t>112,972</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,219</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,159</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,881</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,467</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,614</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,662</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,458</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>112,322</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>112,331</x:t>
-[...69 lines deleted...]
-        <x:is>
           <x:t>112,488</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>111,801</x:t>
-[...85 lines deleted...]
-          <x:t>112,607</x:t>
+          <x:t>112,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,089</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,744</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,553</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,092</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,566</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,914</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,915</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,056</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,302</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,782</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>