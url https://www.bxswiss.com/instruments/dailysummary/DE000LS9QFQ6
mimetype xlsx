--- v2 (2025-12-20)
+++ v3 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb0c5eae4115043be" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9463e81d632d44ed" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rda1a1031cdd84582"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf76436dc55444414"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd5de2ccda9fb4694" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rda1a1031cdd84582" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4715c795a64c4380" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf76436dc55444414" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Wachstums Aktien mit System</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9QFQ6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,77 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...25 lines deleted...]
-        <x:is>
           <x:t>19.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>110,230</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>111,304</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>110,165</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>110,880</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>