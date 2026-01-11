--- v3 (2025-12-21)
+++ v4 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9463e81d632d44ed" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdc5a61f344d742c2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf76436dc55444414"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbf376d67060b41b9"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4715c795a64c4380" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf76436dc55444414" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5ad19e3a57b1479a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbf376d67060b41b9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Wachstums Aktien mit System</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9QFQ6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>111,352</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>111,566</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>111,342</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>111,566</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>110,306</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>110,831</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>110,143</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>110,782</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,777</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,883</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,856</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,688</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,276</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>