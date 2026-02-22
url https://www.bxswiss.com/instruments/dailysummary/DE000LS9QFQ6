--- v4 (2026-01-11)
+++ v5 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdc5a61f344d742c2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc4d05d2dbdf04672" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbf376d67060b41b9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R27644878e30d4ded"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5ad19e3a57b1479a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbf376d67060b41b9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R63261baaa36b4638" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R27644878e30d4ded" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Wachstums Aktien mit System</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9QFQ6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...382 lines deleted...]
-          <x:t>112,632</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,278</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,447</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,428</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>112,714</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>112,420</x:t>
-[...58 lines deleted...]
-          <x:t>113,276</x:t>
+          <x:t>112,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,702</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,823</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,201</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,246</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,356</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,032</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,916</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,101</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,987</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,422</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,853</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,166</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,167</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,567</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,883</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,989</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,572</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>