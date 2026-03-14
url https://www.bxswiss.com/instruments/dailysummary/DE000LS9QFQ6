--- v5 (2026-02-22)
+++ v6 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc4d05d2dbdf04672" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf87a7bc22d7d4fd1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R27644878e30d4ded"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcd2ee587f4ae4bc1"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R63261baaa36b4638" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R27644878e30d4ded" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9bade05e54824d7d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcd2ee587f4ae4bc1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Wachstums Aktien mit System</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9QFQ6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...274 lines deleted...]
-          <x:t>113,409</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,987</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,422</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,853</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,166</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,167</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,567</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,883</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,989</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,572</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,919</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,377</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,045</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>113,507</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>113,065</x:t>
-[...328 lines deleted...]
-          <x:t>113,572</x:t>
+          <x:t>113,684</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,431</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,046</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,177</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,167</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,826</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,069</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,144</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,119</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,689</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,455</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>