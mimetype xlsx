--- v0 (2025-10-04)
+++ v1 (2025-10-26)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdfdda0b9254d49fa" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R39ed03e016604c89" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8dab7340a1de45b5"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Raec861e770554186"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7fa88e3ed72b4cd8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8dab7340a1de45b5" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4dcabbeb469f4108" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Raec861e770554186" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Corona Vaccine Candidates</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9QFL7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>24.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.399,918</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.400,957</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.397,651</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.399,974</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.482,529</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.486,829</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.473,999</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.480,373</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.480,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.481,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.474,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.474,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.457,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.463,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.457,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.462,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.468,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.474,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.466,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.469,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.462,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.471,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.462,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.467,249</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.454,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.459,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.453,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.453,311</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.437,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.440,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.436,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.438,756</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.418,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.423,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.416,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.421,533</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.425,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.432,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.423,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.430,479</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.433,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.435,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.431,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.433,084</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.399,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.415,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.398,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.413,757</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.424,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.429,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.418,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.429,232</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.429,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.436,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.427,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.435,263</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.431,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.436,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.431,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.433,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.433,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.437,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.429,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.430,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.430,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.434,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.428,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.434,221</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>