--- v1 (2025-10-26)
+++ v2 (2026-01-05)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R39ed03e016604c89" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1664ece0cbfa4e08" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Raec861e770554186"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R197fc3785f17495a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4dcabbeb469f4108" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Raec861e770554186" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6cc1e0d9ee2046ee" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R197fc3785f17495a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Corona Vaccine Candidates</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9QFL7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,457 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>1.434,221</x:t>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.458,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.458,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.448,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.453,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.456,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.460,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.453,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.457,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.462,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.469,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.461,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.463,511</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.464,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.470,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.460,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.462,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.453,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.454,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.450,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.454,428</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.455,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.458,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.449,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.455,121</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.457,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.458,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.453,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.454,923</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.452,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.458,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.451,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.457,517</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.455,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.456,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.434,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.434,873</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.437,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.443,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.436,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.437,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.436,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.443,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.435,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.442,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.443,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.455,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.442,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.455,823</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.449,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.452,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.442,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.452,433</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.453,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.457,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.450,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.450,706</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.453,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.454,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.452,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.452,897</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.451,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.454,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.451,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.454,125</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>