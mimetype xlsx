--- v2 (2026-01-05)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1664ece0cbfa4e08" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc99718a863b64f9c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R197fc3785f17495a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7507dcf42d964ac3"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6cc1e0d9ee2046ee" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R197fc3785f17495a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb65d7d4ee2034285" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7507dcf42d964ac3" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Corona Vaccine Candidates</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9QFL7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,457 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>04.12.2025</x:t>
-[...424 lines deleted...]
-          <x:t>1.454,125</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.505,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.505,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.489,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.503,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.522,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.525,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.522,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.525,276</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.542,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.557,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.542,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.554,293</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.552,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.554,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.539,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.540,378</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.531,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.535,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.525,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.533,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.540,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.541,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.529,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.537,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.524,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.526,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.512,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.515,703</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.506,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.514,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.503,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.509,422</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.500,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.510,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.499,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.508,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.509,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.533,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.507,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.532,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.535,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.541,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.526,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.530,087</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.537,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.551,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.534,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.549,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.551,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.564,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.538,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.563,086</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.558,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.566,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.556,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.564,573</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.566,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.567,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.557,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.557,082</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.566,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.567,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.557,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.557,082</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.544,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.563,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.543,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.562,702</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.562,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.566,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.557,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.557,847</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.549,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.553,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.546,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.552,581</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.555,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.561,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.554,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.559,091</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.566,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.588,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.565,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.588,126</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.581,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.587,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.574,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.585,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.586,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.591,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.580,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.585,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.588,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.592,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.577,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.578,875</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>