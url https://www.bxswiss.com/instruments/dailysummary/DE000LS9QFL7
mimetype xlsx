--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc99718a863b64f9c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Raeb2f5df36f74dda" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7507dcf42d964ac3"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1bea75ac9e5f4d27"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb65d7d4ee2034285" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7507dcf42d964ac3" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rac83e1be0bc04dc2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1bea75ac9e5f4d27" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Corona Vaccine Candidates</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9QFL7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>11.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.544,426</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.563,924</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.543,206</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.562,702</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.588,109</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.592,309</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.577,597</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.578,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.580,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.593,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.578,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.588,657</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.582,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.586,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.580,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.585,858</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.588,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.598,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.587,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.589,497</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.572,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.578,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.571,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.575,476</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.585,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.590,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.573,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.583,961</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.559,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.583,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.558,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.581,727</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.557,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.557,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.539,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.542,479</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.523,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.545,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.522,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.533,643</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.533,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.546,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.520,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.522,769</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.520,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.521,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.486,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.486,071</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.482,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.505,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.481,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.503,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.538,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.538,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.517,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.517,879</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.518,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.529,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.514,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.523,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.517,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.521,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.507,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.512,138</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.509,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.530,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.509,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.512,178</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>