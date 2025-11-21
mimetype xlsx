--- v0 (2025-11-01)
+++ v1 (2025-11-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R36403a60e2db4cb3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2c3a7c7ea9084425" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R446c1afb6c704e37"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbb6171fbdbd841f9"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4c76647a5f6b4ed7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R446c1afb6c704e37" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0b0d0e138afa45fb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbb6171fbdbd841f9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Minimum-KGV</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9QFK9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>30.09.2025</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>20.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>190,911</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>191,666</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>190,190</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>191,614</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +413,409 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>31.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>195,580</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>195,624</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>193,970</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>194,571</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,722</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,751</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,891</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,897</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,242</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,613</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,122</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,928</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,662</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,389</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,291</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,747</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,503</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>