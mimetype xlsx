--- v1 (2025-11-21)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2c3a7c7ea9084425" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R61f71044a23a41b7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbb6171fbdbd841f9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9438c8160370467c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0b0d0e138afa45fb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbb6171fbdbd841f9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R345e8d1685944615" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9438c8160370467c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Minimum-KGV</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9QFK9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,617 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.10.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>18.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>189,407</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>189,728</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>187,699</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>189,291</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +224,598 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>193,143</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>193,849</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>191,159</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>192,503</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,992</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,548</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,703</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,011</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,668</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,242</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,911</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,768</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,196</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,323</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,916</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,313</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,834</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>