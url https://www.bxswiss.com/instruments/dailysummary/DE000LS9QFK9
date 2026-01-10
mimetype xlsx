--- v2 (2025-12-20)
+++ v3 (2026-01-10)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R61f71044a23a41b7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb2edcc356f7a4e91" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9438c8160370467c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R98c6f951628340d8"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R345e8d1685944615" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9438c8160370467c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Raa42b6b509f84e56" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R98c6f951628340d8" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Minimum-KGV</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9QFK9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>09.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>207,428</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>208,758</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>207,197</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>207,890</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>208,225</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>211,135</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>208,225</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>210,834</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,939</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,543</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,972</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,566</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,502</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,379</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,343</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>