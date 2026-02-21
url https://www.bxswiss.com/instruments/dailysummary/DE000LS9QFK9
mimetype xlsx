--- v3 (2026-01-10)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb2edcc356f7a4e91" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2e9b5aa775b9490c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R98c6f951628340d8"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd392a677f0b949a7"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Raa42b6b509f84e56" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R98c6f951628340d8" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R157afd1232174cc5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd392a677f0b949a7" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Minimum-KGV</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9QFK9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,511 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.12.2025</x:t>
-[...478 lines deleted...]
-          <x:t>218,343</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,592</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,948</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,017</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,707</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,322</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,507</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,841</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,643</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,226</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,751</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,448</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,636</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,831</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,634</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,546</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,743</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,712</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,293</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,502</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,216</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,142</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,398</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,818</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>