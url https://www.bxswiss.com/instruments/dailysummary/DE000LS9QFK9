--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2e9b5aa775b9490c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbeb12013779e4c28" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd392a677f0b949a7"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd9e5b510411c440a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R157afd1232174cc5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd392a677f0b949a7" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0f4d07cd73814cbd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd9e5b510411c440a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Minimum-KGV</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9QFK9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>219,509</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>222,097</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>219,465</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>220,546</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>214,866</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>216,901</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>214,605</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>215,818</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,927</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,321</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,109</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,864</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,393</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,364</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,263</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,406</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,866</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,271</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,231</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,237</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,524</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>