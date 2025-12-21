--- v0 (2025-11-21)
+++ v1 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R952e17765f944e90" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R29bb4cedbf8540ba" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb95535a7af2d4e21"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbc8317ca3d8b4e19"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R37ef0dd4c6b24e93" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb95535a7af2d4e21" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R416950c5fed54ae3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbc8317ca3d8b4e19" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Highflyer USA</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9QFC6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.10.2025</x:t>
-[...592 lines deleted...]
-        <x:is>
           <x:t>19.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>527,998</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>552,535</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>527,408</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>540,673</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>560,983</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>562,667</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>537,356</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>539,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>497,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>510,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>485,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>498,859</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>514,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>536,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>509,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>535,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>541,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>544,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>525,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>537,699</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>547,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>557,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>546,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>554,086</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>560,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>561,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>559,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>560,456</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>564,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>566,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>563,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>564,924</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>561,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>562,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>549,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>554,632</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>553,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>553,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>548,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>548,507</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>549,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>549,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>532,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>541,212</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>547,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>564,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>545,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>563,971</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>575,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>576,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>568,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>572,748</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>584,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>585,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>574,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>582,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>580,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>589,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>575,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>587,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>584,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>586,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>575,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>586,581</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>581,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>590,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>572,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>587,619</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>602,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>603,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>571,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>571,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>571,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>578,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>562,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>567,333</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>550,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>559,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>545,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>546,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>559,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>563,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>538,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>541,062</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>538,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>558,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>537,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>551,324</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>553,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>573,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>552,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>573,380</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>