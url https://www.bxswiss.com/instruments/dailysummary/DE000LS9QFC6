--- v1 (2025-12-21)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R29bb4cedbf8540ba" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re5563fbcfa734ed4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbc8317ca3d8b4e19"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd95ee31755754500"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R416950c5fed54ae3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbc8317ca3d8b4e19" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2b33f5b78a464309" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd95ee31755754500" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Highflyer USA</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9QFC6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...387 lines deleted...]
-          <x:t>589,435</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>584,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>586,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>575,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>586,581</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>581,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>590,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>572,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>587,619</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>602,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>603,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>571,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>571,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>571,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>578,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>562,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>567,333</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>550,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>559,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>545,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>546,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>559,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>563,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>538,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>541,062</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>538,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>558,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>537,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>551,324</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>553,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>573,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>552,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>573,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>590,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>594,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>584,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>591,284</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>590,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>593,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>584,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>588,754</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>587,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>587,787</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>575,974</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>587,520</x:t>
-[...215 lines deleted...]
-          <x:t>573,380</x:t>
+          <x:t>582,249</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>582,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>585,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>581,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>585,463</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>608,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>611,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>598,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>601,954</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>604,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>623,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>599,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>623,508</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>634,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>635,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>615,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>626,542</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>625,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>635,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>612,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>617,197</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>617,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>636,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>616,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>634,953</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>