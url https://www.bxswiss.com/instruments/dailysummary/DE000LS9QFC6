--- v2 (2026-01-11)
+++ v3 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re5563fbcfa734ed4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R32bedb4f8f3d42ec" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd95ee31755754500"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0a7e1fe3421e4de8"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2b33f5b78a464309" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd95ee31755754500" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4de1b43605934e7c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0a7e1fe3421e4de8" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Highflyer USA</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9QFC6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>634,953</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>681,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>687,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>681,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>685,864</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>689,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>690,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>667,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>677,902</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>680,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>684,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>666,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>678,967</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>673,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>684,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>666,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>672,847</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>669,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>672,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>660,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>671,466</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>691,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>695,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>681,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>688,589</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>694,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>694,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>652,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>663,188</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>653,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>673,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>645,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>650,067</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>611,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>639,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>611,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>636,206</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>678,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>683,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>664,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>674,023</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>690,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>690,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>681,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>681,146</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>644,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>646,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>611,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>629,704</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>635,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>658,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>635,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>654,106</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>669,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>669,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>656,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>658,269</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>682,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>684,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>661,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>671,471</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>672,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>676,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>670,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>675,856</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>690,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>695,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>659,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>659,034</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>661,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>673,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>639,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>670,034</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>668,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>671,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>668,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>669,781</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>660,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>672,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>652,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>664,367</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>677,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>694,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>672,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>693,241</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>691,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>692,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>676,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>689,269</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>699,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>702,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>695,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>695,360</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>