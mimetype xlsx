--- v0 (2025-10-25)
+++ v1 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4b91bc46ad314085" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc94fc217fb644e53" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4d3c879579114ea9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ree833956da9a42cc"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd391b8fa868a4339" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4d3c879579114ea9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9561a1bb973b4647" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ree833956da9a42cc" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Digitalisierung und Home Office</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9QEQ9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>221,490</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,524</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,927</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,816</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,742</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,722</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,243</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,078</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,187</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,487</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,454</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,077</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,576</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,339</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,336</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,928</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,686</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,063</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,468</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,232</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,136</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,094</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>