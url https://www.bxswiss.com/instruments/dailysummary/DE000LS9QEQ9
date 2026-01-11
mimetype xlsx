--- v1 (2025-12-20)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc94fc217fb644e53" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbe99495511c240af" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ree833956da9a42cc"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R541e14d849164831"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9561a1bb973b4647" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ree833956da9a42cc" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf0f081bda8224fc4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R541e14d849164831" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Digitalisierung und Home Office</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9QEQ9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>214,695</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>214,728</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>212,184</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>214,336</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>205,637</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>209,184</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>205,015</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>209,094</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,641</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,538</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,302</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,174</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,898</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,932</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,797</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,382</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,250</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>