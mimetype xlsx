--- v2 (2026-01-11)
+++ v3 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbe99495511c240af" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7300c6b97b254bb4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R541e14d849164831"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R348cc4720711407d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf0f081bda8224fc4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R541e14d849164831" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0ae81dfa226c41e0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R348cc4720711407d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Digitalisierung und Home Office</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9QEQ9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>205,250</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,884</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,867</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,409</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,712</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,897</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,448</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,886</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,286</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,744</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,099</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,098</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,106</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,323</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,317</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,092</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,467</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,378</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,638</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,926</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>