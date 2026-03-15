--- v3 (2026-02-22)
+++ v4 (2026-03-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7300c6b97b254bb4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7a5c1a2684b04be6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R348cc4720711407d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R652ad57c06ba4fef"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0ae81dfa226c41e0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R348cc4720711407d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4d44bb2958684d0f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R652ad57c06ba4fef" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Digitalisierung und Home Office</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9QEQ9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>12.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>157,688</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>158,609</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>149,317</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>149,317</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +332,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>158,753</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>160,215</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>156,699</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>159,926</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,929</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,618</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,486</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,437</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,401</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,954</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,794</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,831</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,752</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,839</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,843</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,451</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,481</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,474</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>