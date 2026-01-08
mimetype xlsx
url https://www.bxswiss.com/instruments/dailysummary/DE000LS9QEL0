--- v0 (2025-11-10)
+++ v1 (2026-01-08)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R98457c9a9b51486f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc650b4b682ba420d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R25c5f25b4de74a60"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8d8220c63a2349a0"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3d8ca25cc82e42fa" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R25c5f25b4de74a60" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R00f9bbac592e4d23" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8d8220c63a2349a0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Zukunftsinvestment</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9QEL0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.10.2025</x:t>
-[...586 lines deleted...]
-          <x:t>288,226</x:t>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,576</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,984</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,648</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,381</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,833</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,441</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,156</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,024</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,017</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,088</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,376</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,294</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,547</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,509</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,567</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>