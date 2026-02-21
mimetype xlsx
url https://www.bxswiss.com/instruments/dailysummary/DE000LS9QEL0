--- v1 (2026-01-08)
+++ v2 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc650b4b682ba420d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra3f58f43dcda4dc2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8d8220c63a2349a0"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6f95506852b94a62"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R00f9bbac592e4d23" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8d8220c63a2349a0" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R792a25ee0b9d4f0d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6f95506852b94a62" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Zukunftsinvestment</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9QEL0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>305,567</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,298</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,723</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,253</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,474</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,497</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,839</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,962</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,863</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,991</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,839</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,272</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,364</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,469</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,469</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,266</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,869</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,996</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,871</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,759</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>