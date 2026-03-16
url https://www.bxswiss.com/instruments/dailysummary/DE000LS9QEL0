--- v2 (2026-02-21)
+++ v3 (2026-03-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra3f58f43dcda4dc2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9b10f897f9734799" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6f95506852b94a62"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6c8d300d88a44e67"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R792a25ee0b9d4f0d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6f95506852b94a62" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R13d1536586b24b47" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6c8d300d88a44e67" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Zukunftsinvestment</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9QEL0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>12.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>279,056</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>279,693</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>273,229</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>273,266</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +332,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>273,057</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>274,876</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>271,440</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>274,759</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,524</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,529</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,762</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,033</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,689</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,641</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,456</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,999</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,241</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,869</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,768</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,117</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,167</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>