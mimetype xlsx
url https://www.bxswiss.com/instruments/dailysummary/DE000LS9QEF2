--- v0 (2025-10-15)
+++ v1 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R32af81f8b02640eb" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd28089e4036a4724" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb0517a5efb2d4600"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Recf8d5bfa67a494f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1d837fd3d03b47e5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb0517a5efb2d4600" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R11f82299534e4f9e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Recf8d5bfa67a494f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Zukunftstechnologie Investment</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9QEF2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>15.09.2025</x:t>
-[...576 lines deleted...]
-          <x:t>194,080</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,849</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,822</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,372</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,811</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,964</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,354</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,703</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,951</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,307</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>192,062</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>193,209</x:t>
-[...26 lines deleted...]
-          <x:t>195,868</x:t>
+          <x:t>192,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,841</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,518</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,251</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,073</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,368</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,066</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,597</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,504</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>