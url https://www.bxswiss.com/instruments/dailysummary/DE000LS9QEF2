--- v1 (2026-01-11)
+++ v2 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd28089e4036a4724" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R441660a59b9b42c0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Recf8d5bfa67a494f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb175f164c6cf426c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R11f82299534e4f9e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Recf8d5bfa67a494f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R29b93eaca8984872" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb175f164c6cf426c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Zukunftstechnologie Investment</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9QEF2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...252 lines deleted...]
-          <x:t>192,219</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,243</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,347</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,891</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,894</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,802</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,766</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,299</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,762</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,729</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,037</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,654</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,654</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,848</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,636</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,616</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,409</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>191,543</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>191,841</x:t>
-[...188 lines deleted...]
-          <x:t>200,504</x:t>
+          <x:t>189,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,229</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>