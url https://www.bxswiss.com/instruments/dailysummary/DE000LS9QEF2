--- v2 (2026-02-21)
+++ v3 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R441660a59b9b42c0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R801db988cd2248a3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb175f164c6cf426c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf65831928a5043ac"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R29b93eaca8984872" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb175f164c6cf426c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rffddcf77de214f80" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf65831928a5043ac" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Zukunftstechnologie Investment</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9QEF2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>190,096</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>191,174</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>188,864</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>190,654</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>191,322</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>193,000</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>190,149</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>192,229</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,366</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,694</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,862</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,974</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,517</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,303</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,774</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,983</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,114</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,224</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,142</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,568</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,839</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>