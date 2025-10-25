--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6e32be5fc22b4be1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb4bd8807361446e5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9b7ed7b8bc134806"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1a938fc048854a20"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re001b1ed31a0437c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9b7ed7b8bc134806" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R70564222a9714d4b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1a938fc048854a20" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Trendfolge801</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9QED7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>23.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>148,454</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>148,883</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>147,311</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>147,595</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>151,122</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>151,562</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>150,753</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>151,422</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,782</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,001</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,773</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,776</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,342</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,298</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,591</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,817</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,578</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,777</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,137</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,851</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,211</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>