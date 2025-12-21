--- v1 (2025-10-25)
+++ v2 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb4bd8807361446e5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2d6e56d09718458b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1a938fc048854a20"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd168316ce92e4868"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R70564222a9714d4b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1a938fc048854a20" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0c3602a4347540b3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd168316ce92e4868" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Trendfolge801</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9QED7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...473 lines deleted...]
-          <x:t>146,562</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,623</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,484</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,007</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,067</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,989</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,266</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,947</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,109</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,529</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,666</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,915</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,613</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,761</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,882</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,260</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>146,578</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>17.10.2025</x:t>
-[...154 lines deleted...]
-          <x:t>152,211</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,736</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,352</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,914</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,451</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,443</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>