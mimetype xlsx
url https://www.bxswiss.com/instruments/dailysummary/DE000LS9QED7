--- v2 (2025-12-21)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2d6e56d09718458b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R18751a26b1944989" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd168316ce92e4868"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6b9854c40d634c89"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0c3602a4347540b3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd168316ce92e4868" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ree6a78e1657847eb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6b9854c40d634c89" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Trendfolge801</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9QED7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>149,424</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>149,801</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>149,302</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>149,761</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>144,863</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>145,781</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>144,438</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>145,443</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,376</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,599</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,343</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,726</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,965</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,832</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,574</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>