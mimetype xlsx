--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R18751a26b1944989" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra6115005c1bd4fd5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6b9854c40d634c89"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfe867ffaa2be4dd4"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ree6a78e1657847eb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6b9854c40d634c89" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R11bbabf622654c7c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfe867ffaa2be4dd4" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Trendfolge801</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9QED7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>150,574</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,017</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,184</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,397</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,998</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,006</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,713</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,557</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,452</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,988</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,246</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,931</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,946</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,331</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,651</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,157</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,101</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,349</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,052</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,221</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,471</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,028</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>