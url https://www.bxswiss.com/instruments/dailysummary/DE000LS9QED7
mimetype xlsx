--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra6115005c1bd4fd5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcb909d3f0e074b37" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfe867ffaa2be4dd4"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7aa4e484c6144a8a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R11bbabf622654c7c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfe867ffaa2be4dd4" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf123858b3eb84637" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7aa4e484c6144a8a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Trendfolge801</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9QED7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>142,401</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>143,097</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>141,759</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>142,651</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>141,207</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>142,498</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>140,436</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>142,028</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,607</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,087</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,649</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,801</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,106</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,998</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,393</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,634</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,651</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,764</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,914</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,812</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,123</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>