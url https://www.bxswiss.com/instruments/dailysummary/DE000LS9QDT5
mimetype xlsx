--- v0 (2025-10-04)
+++ v1 (2025-10-31)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R304ed37645784a37" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R52d78ca8fb5d4a2b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R49f4da6e389a4e8e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0fd09821146f446d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0a694a384de44beb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R49f4da6e389a4e8e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rea3f5da23bcf474e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0fd09821146f446d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>FV Technologie Wasserstoff</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9QDT5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,563 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...511 lines deleted...]
-        <x:is>
           <x:t>29.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>132,631</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>134,245</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>132,427</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>133,853</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +278,544 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>141,104</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>141,881</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>140,585</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>141,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,493</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,719</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,694</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,948</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,948</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,707</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,659</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,659</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,697</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,497</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,497</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,618</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,001</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,965</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>