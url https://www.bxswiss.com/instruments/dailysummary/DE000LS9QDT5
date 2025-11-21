--- v1 (2025-10-31)
+++ v2 (2025-11-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R52d78ca8fb5d4a2b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rda96f697d14947fb" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0fd09821146f446d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R789aa407f90f4bb0"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rea3f5da23bcf474e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0fd09821146f446d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb29a454c7744419a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R789aa407f90f4bb0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>FV Technologie Wasserstoff</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9QDT5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,522 +149,117 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
-[...230 lines deleted...]
-          <x:t>141,148</x:t>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,497</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,497</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,841</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>142,260</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...231 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>138,743</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>138,815</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>23.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>140,981</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>141,037</x:t>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>30.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>146,767</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>147,798</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>145,998</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>146,965</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,965</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,994</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,809</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,379</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,097</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,097</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,742</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,172</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,921</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,096</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,756</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,699</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>