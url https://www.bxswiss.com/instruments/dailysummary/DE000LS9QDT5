--- v2 (2025-11-21)
+++ v3 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rda96f697d14947fb" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re826ef3d32ca43bc" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R789aa407f90f4bb0"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc252226f03b847cb"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb29a454c7744419a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R789aa407f90f4bb0" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R47ff90e3a8104dd8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc252226f03b847cb" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>FV Technologie Wasserstoff</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9QDT5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.10.2025</x:t>
-[...592 lines deleted...]
-        <x:is>
           <x:t>19.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>143,488</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>146,109</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>143,479</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>144,756</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>147,048</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>147,781</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>146,351</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>147,699</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,483</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,563</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,986</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,099</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,072</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,868</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,107</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,773</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,266</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,496</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,773</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,946</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,131</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,608</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,701</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,927</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,719</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,506</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>