--- v3 (2025-12-21)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re826ef3d32ca43bc" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdede07ecd417410a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc252226f03b847cb"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R049088039d06477e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R47ff90e3a8104dd8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc252226f03b847cb" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R17e4769a8c3d4d85" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R049088039d06477e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>FV Technologie Wasserstoff</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9QDT5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...613 lines deleted...]
-          <x:t>147,506</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,877</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,121</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,077</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,043</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,621</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,238</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,937</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,351</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,407</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,857</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,423</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,423</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,432</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,362</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,646</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,964</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,353</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,399</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>