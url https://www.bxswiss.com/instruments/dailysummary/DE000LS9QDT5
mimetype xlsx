--- v4 (2026-02-21)
+++ v5 (2026-03-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdede07ecd417410a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0b3bf84a41f94c38" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R049088039d06477e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R156e9b19df1c4bb9"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R17e4769a8c3d4d85" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R049088039d06477e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1e43aeec93774312" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R156e9b19df1c4bb9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>FV Technologie Wasserstoff</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9QDT5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,509 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...457 lines deleted...]
-        <x:is>
           <x:t>12.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>166,244</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>166,418</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>163,569</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>163,640</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +332,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>166,823</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>168,017</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>166,603</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>167,399</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,941</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,476</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,427</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,258</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,726</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,788</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,789</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,606</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,431</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,701</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,561</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,367</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,728</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>