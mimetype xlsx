--- v0 (2025-10-04)
+++ v1 (2025-11-01)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf0d4549a0b934c97" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2090ad741d214f07" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R82b79202b7af4d20"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R96767d7877f5455b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc40f13c60fa74643" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R82b79202b7af4d20" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R13b955c976da4144" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R96767d7877f5455b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>TheFutureTrend</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9QDL2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,590 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...538 lines deleted...]
-        <x:is>
           <x:t>30.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>183,307</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>184,969</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>182,866</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>184,089</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +251,571 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>189,318</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>191,286</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>189,133</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>191,182</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,949</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,132</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,617</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,071</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,003</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,957</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,778</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,188</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,441</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,674</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,177</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,008</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,699</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,942</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,552</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,587</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,013</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>