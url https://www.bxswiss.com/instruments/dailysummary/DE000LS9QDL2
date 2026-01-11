--- v1 (2025-11-01)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2090ad741d214f07" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8087c6d31b3a4b8b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R96767d7877f5455b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbc9e188d7ec84e05"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R13b955c976da4144" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R96767d7877f5455b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra2b8aed24e4e4815" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbc9e188d7ec84e05" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>TheFutureTrend</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9QDL2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>30.09.2025</x:t>
-[...41 lines deleted...]
-          <x:t>183,007</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,492</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,604</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,923</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,502</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,213</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,654</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,902</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,758</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>186,518</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.10.2025</x:t>
-[...586 lines deleted...]
-          <x:t>194,013</x:t>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,513</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,468</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,562</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,214</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,011</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,338</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>