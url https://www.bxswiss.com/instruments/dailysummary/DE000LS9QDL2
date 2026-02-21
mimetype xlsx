--- v2 (2026-01-11)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8087c6d31b3a4b8b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re7b9cd12ffe341ab" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbc9e188d7ec84e05"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra24475f593f74099"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra2b8aed24e4e4815" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbc9e188d7ec84e05" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdb810fe1fa2e4f6a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra24475f593f74099" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>TheFutureTrend</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9QDL2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>201,338</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,309</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,888</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,056</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,092</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,882</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,831</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,328</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,628</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,958</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,621</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,308</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,763</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,148</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,595</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>