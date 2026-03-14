--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re7b9cd12ffe341ab" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb7dfbb48c90d4721" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra24475f593f74099"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf774560fdbc143d7"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdb810fe1fa2e4f6a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra24475f593f74099" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R516284f3dd2e4670" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf774560fdbc143d7" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>TheFutureTrend</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9QDL2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>11.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>190,580</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>195,594</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>189,449</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>192,621</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>192,808</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>194,929</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>191,733</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>194,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,203</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,058</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,824</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,216</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,553</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,074</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,826</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,751</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,518</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,434</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,794</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>