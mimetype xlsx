--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7892340778d24075" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R01099379bc104513" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R059acd79f1e54b07"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdd761a4827fe4511"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb5bd1988d06e46f9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R059acd79f1e54b07" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5d548c232b144276" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdd761a4827fe4511" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>TGTrading - Luxus Investments</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9QDH0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>24.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>297,022</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>297,449</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>295,552</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>296,676</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>304,721</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>304,815</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>302,684</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>303,772</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,058</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,463</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,721</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,971</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,989</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,091</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,563</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,563</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,258</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>310,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>310,768</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>311,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,098</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>310,374</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>311,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>311,350</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>