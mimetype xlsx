--- v1 (2025-10-25)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R01099379bc104513" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1d511f3654be41bf" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdd761a4827fe4511"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3481068103df4b48"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5d548c232b144276" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdd761a4827fe4511" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2c6378745d594c4a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3481068103df4b48" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>TGTrading - Luxus Investments</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9QDH0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>311,350</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,194</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,069</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>311,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>310,728</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>310,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>310,119</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>314,727</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>314,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>317,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,662</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,079</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,452</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,714</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>317,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,551</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,193</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,006</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,909</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>317,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,428</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>317,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>317,708</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>317,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>317,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>317,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,052</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,923</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,122</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,418</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,473</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>