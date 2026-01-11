--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1d511f3654be41bf" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0c234bd7941549b4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3481068103df4b48"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R68fc18ee2a074392"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2c6378745d594c4a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3481068103df4b48" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rea0f7016abca44fe" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R68fc18ee2a074392" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>TGTrading - Luxus Investments</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9QDH0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>317,049</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>317,292</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>315,762</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>316,690</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>324,216</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>324,893</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>322,740</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>323,473</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,139</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,739</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>317,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,299</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,552</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,664</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>314,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>317,539</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,889</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>