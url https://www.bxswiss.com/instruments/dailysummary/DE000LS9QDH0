--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0c234bd7941549b4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6c8cd719d2514f05" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R68fc18ee2a074392"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R645b91aa29894c3d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rea0f7016abca44fe" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R68fc18ee2a074392" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8693dbfefd4e45d5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R645b91aa29894c3d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>TGTrading - Luxus Investments</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9QDH0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>324,889</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,213</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>310,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>311,923</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>310,542</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,201</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,024</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,837</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,617</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,802</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,588</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,857</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,582</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,692</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,777</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,091</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>310,856</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>310,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,363</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,209</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,989</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,837</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,407</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,299</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,290</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>