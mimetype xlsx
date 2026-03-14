--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6c8cd719d2514f05" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re6dcc4d36bbc4710" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R645b91aa29894c3d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R562daa435f464607"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8693dbfefd4e45d5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R645b91aa29894c3d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdbff085cae744035" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R562daa435f464607" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>TGTrading - Luxus Investments</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9QDH0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>304,746</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>309,559</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>303,410</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>309,091</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>303,379</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>306,464</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>302,271</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>305,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,412</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,244</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,891</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,611</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,708</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,559</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,244</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,738</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,591</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,629</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,541</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,692</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,896</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,133</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>