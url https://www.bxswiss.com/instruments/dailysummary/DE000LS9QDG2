--- v0 (2025-10-04)
+++ v1 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9414ab0715a842d1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R424b77e1c9ed438c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rec20863fc60e44f8"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R05c024bc8edd4a78"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbf43d11c7fb14329" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rec20863fc60e44f8" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc5ef89ca67934fe0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R05c024bc8edd4a78" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Big Tech Invest</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9QDG2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>502,935</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>498,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>502,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>493,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>501,228</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>501,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>512,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>501,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>506,102</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>512,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>518,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>508,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>508,774</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>495,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>504,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>492,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>503,977</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>509,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>518,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>506,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>517,114</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>525,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>528,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>520,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>523,319</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>530,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>531,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>524,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>527,053</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>526,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>530,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>526,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>529,156</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>528,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>531,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>526,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>527,271</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>524,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>528,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>521,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>527,334</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>533,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>534,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>529,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>529,949</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>533,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>533,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>522,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>525,027</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>524,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>532,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>522,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>523,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>527,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>531,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>523,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>527,218</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>529,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>529,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>523,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>524,692</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>521,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>522,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>520,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>520,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>515,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>518,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>515,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>518,637</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>509,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>513,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>506,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>507,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>511,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>512,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>503,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>504,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>508,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>509,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>499,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>504,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>499,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>503,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>498,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>500,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>507,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>509,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>500,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>501,602</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>500,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>506,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>499,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>505,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>505,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>507,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>503,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>507,241</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>