--- v1 (2025-12-20)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R424b77e1c9ed438c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R82d0ea43d55a49e1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R05c024bc8edd4a78"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re68e716756da4b59"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc5ef89ca67934fe0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R05c024bc8edd4a78" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R65a0cf4989b9489d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re68e716756da4b59" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Big Tech Invest</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9QDG2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>515,914</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>518,637</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>515,819</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>518,637</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>505,629</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>507,910</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>503,215</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>507,241</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>509,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>509,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>503,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>504,764</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>503,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>507,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>501,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>506,079</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>505,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>507,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>504,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>505,632</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>506,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>506,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>505,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>506,331</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>504,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>508,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>502,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>505,747</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>503,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>505,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>501,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>501,696</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>504,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>509,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>503,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>508,211</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>507,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>511,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>504,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>507,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>511,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>513,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>508,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>512,855</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>