--- v2 (2026-01-11)
+++ v3 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R82d0ea43d55a49e1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9ce57db173a143b2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re68e716756da4b59"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra5bd3c86385c4779"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R65a0cf4989b9489d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re68e716756da4b59" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re0a707896cf34e4e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra5bd3c86385c4779" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Big Tech Invest</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9QDG2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>512,855</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>479,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>487,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>473,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>485,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>490,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>492,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>488,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>490,147</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>490,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>498,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>488,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>496,118</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>488,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>494,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>485,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>494,774</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>498,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>498,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>490,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>492,166</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>493,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>497,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>491,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>492,471</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>497,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>499,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>482,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>485,483</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>489,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>496,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>488,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>493,541</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>488,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>505,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>488,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>503,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>504,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>505,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>494,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>494,962</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>495,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>496,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>491,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>492,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>486,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>487,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>472,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>482,299</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>478,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>480,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>470,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>473,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>476,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>476,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>466,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>473,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>474,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>475,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>468,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>472,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>469,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>476,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>466,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>467,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>466,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>466,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>452,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>453,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>452,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>453,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>445,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>448,917</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>448,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>449,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>445,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>446,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>446,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>450,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>443,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>448,196</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>453,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>454,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>448,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>454,244</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>455,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>457,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>452,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>456,637</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>456,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>459,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>452,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>458,380</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>