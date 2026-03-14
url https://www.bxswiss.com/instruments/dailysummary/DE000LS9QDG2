--- v3 (2026-02-22)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9ce57db173a143b2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R84e629e03e1f4f22" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra5bd3c86385c4779"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6aabe5b07dee48b5"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re0a707896cf34e4e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra5bd3c86385c4779" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1d9ed6245e7c42e9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6aabe5b07dee48b5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Big Tech Invest</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9QDG2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>474,148</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>475,008</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>468,507</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>472,195</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>456,083</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>459,628</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>452,362</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>458,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>461,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>463,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>454,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>456,996</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>455,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>459,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>452,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>458,673</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>460,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>467,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>460,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>465,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>467,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>469,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>462,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>466,731</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>471,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>471,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>461,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>465,629</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>457,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>476,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>456,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>472,603</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>470,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>475,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>466,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>473,576</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>473,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>482,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>472,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>480,843</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>477,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>480,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>475,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>477,491</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>478,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>478,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>468,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>471,863</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>463,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>469,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>463,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>468,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>475,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>476,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>471,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>476,112</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>474,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>479,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>473,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>475,197</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>474,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>475,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>469,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>470,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>470,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>473,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>466,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>467,579</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>