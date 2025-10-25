--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8a590a89235e4691" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R083c6a0c92254926" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rba177cfae0d54e88"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd5b1ed1d3af742f4"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5624176a784f4c5e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rba177cfae0d54e88" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re42dd45eec734496" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd5b1ed1d3af742f4" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>mehr als nur Aktienwerte</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9QDF4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>23.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>105,896</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>106,334</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>105,843</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>106,142</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>108,605</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>108,615</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>108,231</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>108,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,349</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,323</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,931</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,129</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,138</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,547</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,174</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,906</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,806</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,787</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,892</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,915</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,529</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,994</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>