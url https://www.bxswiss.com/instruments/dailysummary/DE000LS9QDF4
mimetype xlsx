--- v1 (2025-10-25)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R083c6a0c92254926" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcbf8933e794b4c39" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd5b1ed1d3af742f4"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8dc6b0333bb84e0f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re42dd45eec734496" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd5b1ed1d3af742f4" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcf9a0fa8ed8c4790" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8dc6b0333bb84e0f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>mehr als nur Aktienwerte</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9QDF4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...620 lines deleted...]
-          <x:t>24.10.2025</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,052</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,244</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,099</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,477</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,557</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,023</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,512</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,281</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,973</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,904</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,161</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,533</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>104,561</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>105,008</x:t>
-[...9 lines deleted...]
-          <x:t>104,994</x:t>
+          <x:t>103,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,818</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,361</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,188</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,643</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,558</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,863</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,268</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,064</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,338</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>