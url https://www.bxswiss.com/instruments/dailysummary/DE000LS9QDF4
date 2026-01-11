--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcbf8933e794b4c39" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R198b8e8f7cb14426" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8dc6b0333bb84e0f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3b7615f41716417b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcf9a0fa8ed8c4790" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8dc6b0333bb84e0f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4e07ae5b28504f03" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3b7615f41716417b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>mehr als nur Aktienwerte</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9QDF4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,084</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,216</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,050</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,188</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,496</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>103,117</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,051</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,338</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,269</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,866</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,866</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,069</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,229</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,888</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,794</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,617</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,348</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>