--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R198b8e8f7cb14426" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R346b78c372884d6b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3b7615f41716417b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4e2f48f09a0b4a01"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4e07ae5b28504f03" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3b7615f41716417b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R33b74432d0d74624" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4e2f48f09a0b4a01" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>mehr als nur Aktienwerte</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9QDF4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...252 lines deleted...]
-          <x:t>102,236</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,395</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,641</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...143 lines deleted...]
-          <x:t>08.01.2026</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,494</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,129</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,396</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,004</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,523</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,254</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>102,792</x:t>
+          <x:t>101,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,563</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,188</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,584</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,535</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>102,617</x:t>
-[...26 lines deleted...]
-          <x:t>103,348</x:t>
+          <x:t>101,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,399</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,531</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,223</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,579</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,372</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,112</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,377</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,968</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,716</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,268</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,642</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>