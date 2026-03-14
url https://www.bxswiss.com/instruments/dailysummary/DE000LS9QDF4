--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R346b78c372884d6b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6b06c96876fa49ad" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4e2f48f09a0b4a01"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9b5d373931f0437a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R33b74432d0d74624" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4e2f48f09a0b4a01" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3bbcec68a4f445b2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9b5d373931f0437a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>mehr als nur Aktienwerte</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9QDF4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,872</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,693</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,297</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,579</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>94,550</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>94,650</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>94,383</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>94,642</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,561</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,411</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,226</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,717</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,207</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,366</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,961</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,286</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,102</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,564</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,039</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,899</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,311</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,037</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>