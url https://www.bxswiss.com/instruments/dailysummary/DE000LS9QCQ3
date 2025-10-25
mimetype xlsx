--- v0 (2025-10-03)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rabf4ff3769b2423b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R091d38ed636945b4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R29d4fbdc84f74783"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6b22044e2e5c4002"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re277579d9867433e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R29d4fbdc84f74783" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb69023f7c5cd4f6e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6b22044e2e5c4002" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Stay Home Trend</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9QCQ3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,509 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...457 lines deleted...]
-        <x:is>
           <x:t>24.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>106,976</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>107,513</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>106,629</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>106,641</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +332,463 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>02.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>106,257</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>106,325</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>105,268</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>105,826</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,027</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,006</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,868</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,592</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,581</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,323</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,613</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,291</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,016</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,051</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,742</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,654</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,106</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>