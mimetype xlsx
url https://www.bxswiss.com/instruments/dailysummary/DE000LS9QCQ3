--- v1 (2025-10-25)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R091d38ed636945b4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rad851e3bf7134526" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6b22044e2e5c4002"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R46476fdc27dc4bb4"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb69023f7c5cd4f6e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6b22044e2e5c4002" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8d4257bf66234deb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R46476fdc27dc4bb4" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Stay Home Trend</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9QCQ3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24.09.2025</x:t>
-[...571 lines deleted...]
-          <x:t>103,317</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,053</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,819</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,943</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,969</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,652</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,627</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,684</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,070</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>103,372</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>102,589</x:t>
-[...31 lines deleted...]
-          <x:t>103,106</x:t>
+          <x:t>102,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,844</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,028</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,356</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,969</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,312</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,391</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,467</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,027</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,132</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,664</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,427</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,022</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,337</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,386</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>