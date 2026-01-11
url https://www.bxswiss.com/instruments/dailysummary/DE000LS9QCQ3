--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rad851e3bf7134526" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R41d4975a8b2e4b6c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R46476fdc27dc4bb4"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2bfbc6013abf4f02"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8d4257bf66234deb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R46476fdc27dc4bb4" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R53b51056671f46a9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2bfbc6013abf4f02" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Stay Home Trend</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9QCQ3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,798</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,840</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,145</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,467</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,149</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,476</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,852</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,386</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,937</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,472</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,633</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,897</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,262</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,824</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,641</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,805</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>