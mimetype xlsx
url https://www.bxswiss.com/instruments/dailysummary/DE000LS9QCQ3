--- v3 (2026-01-11)
+++ v4 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R41d4975a8b2e4b6c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5c68a06ea4d04bd9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2bfbc6013abf4f02"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5d64c1975e214ca9"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R53b51056671f46a9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2bfbc6013abf4f02" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R141fb7f8285247a5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5d64c1975e214ca9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Stay Home Trend</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9QCQ3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>98,805</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,121</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,658</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,843</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,854</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,059</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,219</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,447</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,791</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,239</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,839</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,901</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,979</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,161</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,401</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,574</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>