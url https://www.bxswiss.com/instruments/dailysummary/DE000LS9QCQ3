--- v4 (2026-02-22)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5c68a06ea4d04bd9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7c5e2e15c1f54678" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5d64c1975e214ca9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R28e800b5e529489b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R141fb7f8285247a5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5d64c1975e214ca9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd52a49b3fba64311" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R28e800b5e529489b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Stay Home Trend</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9QCQ3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>90,302</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>91,262</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>90,014</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>90,839</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>87,881</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>88,694</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>87,621</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>88,574</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,626</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,776</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,572</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,858</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,377</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,739</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,246</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,578</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,023</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,141</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,485</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>