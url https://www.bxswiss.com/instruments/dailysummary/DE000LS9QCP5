--- v0 (2025-10-05)
+++ v1 (2025-10-31)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8a439b57aca347b9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc42bfbcfbbed4b3b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra6de0c1af0b54991"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra0525ffc2dd04270"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R85e2c726c9cc4503" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra6de0c1af0b54991" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rec7262ae7fe54088" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra0525ffc2dd04270" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Momentum Dividend Strategy</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9QCP5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>03.09.2025</x:t>
-[...117 lines deleted...]
-          <x:t>132,607</x:t>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,322</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,894</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,096</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,927</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,575</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>131,994</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>132,593</x:t>
-[...48 lines deleted...]
-          <x:t>133,202</x:t>
+          <x:t>132,002</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,817</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,147</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,942</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>133,620</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...428 lines deleted...]
-          <x:t>131,927</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,096</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,283</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,546</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,633</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,049</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,516</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,438</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,106</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,221</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,681</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,339</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,598</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,917</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,733</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,542</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>