--- v1 (2025-10-31)
+++ v2 (2025-11-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc42bfbcfbbed4b3b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3970fc8b2d1f4a2e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra0525ffc2dd04270"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R334e67ade2a54956"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rec7262ae7fe54088" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra0525ffc2dd04270" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbb79b5c3d46a4089" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R334e67ade2a54956" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Momentum Dividend Strategy</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9QCP5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>20.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>130,254</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>130,475</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>129,986</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>130,106</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>30.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>129,612</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>130,581</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>129,542</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>130,542</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,356</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,797</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,969</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,618</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,154</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,638</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,721</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,963</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,989</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,111</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,904</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>