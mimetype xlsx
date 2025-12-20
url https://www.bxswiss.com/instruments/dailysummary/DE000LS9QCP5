--- v2 (2025-11-21)
+++ v3 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3970fc8b2d1f4a2e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5f1c49824f1e4dc4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R334e67ade2a54956"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0efc4866d3234cd2"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbb79b5c3d46a4089" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R334e67ade2a54956" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb79a1052f0a0480c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0efc4866d3234cd2" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Momentum Dividend Strategy</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9QCP5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.10.2025</x:t>
-[...149 lines deleted...]
-          <x:t>130,609</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,111</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,904</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,592</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,653</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,688</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,533</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,554</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,019</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,019</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,651</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>130,750</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...482 lines deleted...]
-          <x:t>129,904</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,342</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,138</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,409</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,994</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,942</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,919</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,796</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,714</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,079</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,748</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,093</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,824</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>