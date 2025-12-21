--- v3 (2025-12-20)
+++ v4 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5f1c49824f1e4dc4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R66550a97a81446ae" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0efc4866d3234cd2"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfc06fcdb43c94d72"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb79a1052f0a0480c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0efc4866d3234cd2" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4ef15c16e399462b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfc06fcdb43c94d72" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Momentum Dividend Strategy</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9QCP5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,77 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...25 lines deleted...]
-        <x:is>
           <x:t>19.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>129,100</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>129,882</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>129,061</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>129,111</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>