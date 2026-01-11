--- v4 (2025-12-21)
+++ v5 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R66550a97a81446ae" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re116bd78dd9c40cb" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfc06fcdb43c94d72"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdbc9f84289344ff7"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4ef15c16e399462b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfc06fcdb43c94d72" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R531565e3409d4e16" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdbc9f84289344ff7" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Momentum Dividend Strategy</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9QCP5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,586 +149,181 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...107 lines deleted...]
-          <x:t>25.11.2025</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,919</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,796</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,714</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,079</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,625</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>130,748</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...418 lines deleted...]
-      </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>17.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>130,740</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>130,901</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>130,006</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>130,093</x:t>
@@ -764,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>130,548</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>131,061</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>130,474</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>130,824</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,459</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,819</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,811</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,617</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,707</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,442</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>