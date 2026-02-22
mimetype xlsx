--- v5 (2026-01-11)
+++ v6 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re116bd78dd9c40cb" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5bc7b6c2736744a6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdbc9f84289344ff7"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9bee07c90dcf4824"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R531565e3409d4e16" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdbc9f84289344ff7" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdf034b190ac44785" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9bee07c90dcf4824" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Momentum Dividend Strategy</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9QCP5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...414 lines deleted...]
-          <x:t>134,310</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,123</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,836</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,981</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,157</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,657</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,024</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,304</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,121</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,676</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,133</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>133,536</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>134,240</x:t>
-[...26 lines deleted...]
-          <x:t>134,442</x:t>
+          <x:t>134,918</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,326</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,126</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,229</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,588</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,899</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,932</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>