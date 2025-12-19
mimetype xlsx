--- v0 (2025-11-01)
+++ v1 (2025-12-19)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rca910e54306047dd" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R41d19e1b9beb441d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2891cef026cc4f87"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0ab71ad57c344b21"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra881cb4e85574b84" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2891cef026cc4f87" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R85d694f5f1d546dd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0ab71ad57c344b21" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Goldener Regenbogen Global Tech</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9QCJ8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>30.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>138,358</x:t>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,467</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,861</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,903</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,467</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,563</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,407</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,994</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,829</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,367</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,853</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,617</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,044</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,141</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,459</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,374</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,986</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,214</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,903</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,811</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,179</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>