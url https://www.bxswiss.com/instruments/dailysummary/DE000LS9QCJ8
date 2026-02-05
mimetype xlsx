--- v1 (2025-12-19)
+++ v2 (2026-02-05)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R41d19e1b9beb441d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9208ba0f5a2b4462" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0ab71ad57c344b21"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R600bdd1154084ce7"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R85d694f5f1d546dd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0ab71ad57c344b21" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R309e23413d44498f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R600bdd1154084ce7" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Goldener Regenbogen Global Tech</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9QCJ8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>17.11.2025</x:t>
-[...161 lines deleted...]
-          <x:t>25.11.2025</x:t>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,339</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,233</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,988</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,651</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,303</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,288</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>137,410</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>138,173</x:t>
-[...468 lines deleted...]
-          <x:t>139,179</x:t>
+          <x:t>137,946</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,393</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,601</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,682</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,858</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,204</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,961</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,728</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,941</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,248</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>