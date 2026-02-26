--- v2 (2026-02-05)
+++ v3 (2026-02-26)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9208ba0f5a2b4462" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R30a3ca9be5794074" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R600bdd1154084ce7"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R152385c2ec7b43de"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R309e23413d44498f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R600bdd1154084ce7" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1db1139ccf9149c6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R152385c2ec7b43de" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Goldener Regenbogen Global Tech</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9QCJ8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>05.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>26.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>131,438</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>131,617</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>130,708</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>131,595</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +359,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>04.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>114,531</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>114,663</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>113,019</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>113,248</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,647</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,342</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,237</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,124</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,036</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,371</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,111</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,147</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,702</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,777</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,634</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,521</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>