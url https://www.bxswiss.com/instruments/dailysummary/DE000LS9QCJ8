--- v3 (2026-02-26)
+++ v4 (2026-03-18)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R30a3ca9be5794074" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R324974534d8a404c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R152385c2ec7b43de"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R15a31264f5cb4ece"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1db1139ccf9149c6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R152385c2ec7b43de" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc162134212284db4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R15a31264f5cb4ece" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Goldener Regenbogen Global Tech</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9QCJ8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>26.01.2026</x:t>
-[...392 lines deleted...]
-          <x:t>107,613</x:t>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,111</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,147</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,702</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,777</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,634</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,521</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,182</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,799</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,241</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,943</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,746</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,479</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,296</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,368</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,618</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,338</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,578</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,518</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,134</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>108,371</x:t>
-        </x:is>
-[...214 lines deleted...]
-          <x:t>103,521</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>