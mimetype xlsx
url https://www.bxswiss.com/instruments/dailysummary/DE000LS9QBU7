--- v0 (2025-10-25)
+++ v1 (2026-01-10)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R62612cf7b33b4d99" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R56d97688dc2d4fff" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1646b170941242b8"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R97f69c03ddb34617"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R72cc4f2e8204426d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1646b170941242b8" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8358c950f5314eeb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R97f69c03ddb34617" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>High Growth Stocks</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9QBU7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>228,765</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,056</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,063</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,103</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,018</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,427</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,179</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,632</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,197</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,802</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,278</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,311</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,413</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,930</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>