--- v1 (2026-01-10)
+++ v2 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R56d97688dc2d4fff" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf1e293b846e04344" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R97f69c03ddb34617"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1eeef4e0776c497b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8358c950f5314eeb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R97f69c03ddb34617" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb2a97c31c78c4050" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1eeef4e0776c497b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>High Growth Stocks</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9QBU7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>240,930</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,541</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,048</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,897</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,904</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,401</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,037</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,276</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,854</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,646</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,736</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,386</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,717</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,361</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,173</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,531</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,699</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,977</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,949</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>