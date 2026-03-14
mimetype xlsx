--- v2 (2026-02-21)
+++ v3 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf1e293b846e04344" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R21747214346941e9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1eeef4e0776c497b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2fffc031eb0644de"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb2a97c31c78c4050" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1eeef4e0776c497b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf69f140400cc410b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2fffc031eb0644de" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>High Growth Stocks</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9QBU7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>154,228</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>156,046</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>153,338</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>155,895</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>141,801</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>145,590</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>140,250</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>140,949</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,993</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,078</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,232</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,608</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,784</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,467</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,732</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,644</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,671</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,945</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,224</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,127</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,471</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,803</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>