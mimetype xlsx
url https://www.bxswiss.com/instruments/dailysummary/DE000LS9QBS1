--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1bf142fe26684ef2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc30f13f630e64245" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R59c30838ac434a83"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R391651675d3a4a47"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9428ba94aadb44e0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R59c30838ac434a83" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re784dd1f1bb84d44" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R391651675d3a4a47" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Aktien Zukunftsbranchen</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9QBS1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>23.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>193,347</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>194,147</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>192,990</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>193,185</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>210,152</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>210,411</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>209,053</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>210,061</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,628</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,058</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,116</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,567</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,772</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,641</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,348</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,544</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,158</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,513</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,559</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,291</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,794</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>