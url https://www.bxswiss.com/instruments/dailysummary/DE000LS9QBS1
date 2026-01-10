--- v1 (2025-10-25)
+++ v2 (2026-01-10)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc30f13f630e64245" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6dedd45abae84c17" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R391651675d3a4a47"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6a318b67a4e64bd1"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re784dd1f1bb84d44" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R391651675d3a4a47" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R299197884073499b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6a318b67a4e64bd1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Aktien Zukunftsbranchen</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9QBS1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>206,794</x:t>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,426</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,808</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,218</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,436</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,384</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,459</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,814</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,411</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,168</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,682</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,682</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,682</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,682</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,682</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>