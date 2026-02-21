--- v2 (2026-01-10)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6dedd45abae84c17" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc83b09f16b3c4235" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6a318b67a4e64bd1"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R82f99e3a04f946f7"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R299197884073499b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6a318b67a4e64bd1" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R83b2dc171bcc4cfd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R82f99e3a04f946f7" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Aktien Zukunftsbranchen</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9QBS1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,553 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>199,682</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,466</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,059</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,829</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,242</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,523</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,667</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,863</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,578</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,538</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,572</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,787</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,808</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,131</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,588</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,458</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>