--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc83b09f16b3c4235" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdb73aa624d4b421c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R82f99e3a04f946f7"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R22eb5b25c60d4445"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R83b2dc171bcc4cfd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R82f99e3a04f946f7" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rab5f4d2b37114592" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R22eb5b25c60d4445" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Aktien Zukunftsbranchen</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9QBS1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,335 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...283 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>200,450</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>201,307</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>198,303</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>200,578</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -671,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>201,469</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>202,212</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>200,432</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>201,458</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,819</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,467</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,396</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,226</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,121</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,582</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,854</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,484</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,528</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,546</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,433</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,787</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,565</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>