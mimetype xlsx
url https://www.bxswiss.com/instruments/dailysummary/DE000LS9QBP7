--- v0 (2025-10-08)
+++ v1 (2025-10-31)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7f3df70ba3ce4265" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R187b9e5d30d449c1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdc3f187576c74726"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2a47cf0ec986458d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R400bf9792d0947bc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdc3f187576c74726" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re939ca8674594977" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2a47cf0ec986458d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Cloud Kings</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9QBP7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>29.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>152,499</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>153,608</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>152,394</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>152,622</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -737,31 +332,490 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>07.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>152,726</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>153,957</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>149,326</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>149,364</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,743</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,674</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,751</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,296</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,969</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,113</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,156</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,333</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,561</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,202</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,947</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,943</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,283</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>