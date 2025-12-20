--- v1 (2025-10-31)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R187b9e5d30d449c1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcf98a452ed954d84" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2a47cf0ec986458d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R440f1096afc346a3"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re939ca8674594977" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2a47cf0ec986458d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3e4e564481074ba7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R440f1096afc346a3" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Cloud Kings</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9QBP7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>157,283</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,274</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,331</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,272</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,678</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,052</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,708</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,178</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,112</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,888</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,588</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,406</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,982</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,948</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,808</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,887</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,991</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,604</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,153</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,896</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,342</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>