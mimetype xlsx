--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcf98a452ed954d84" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6254771771ec40bd" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R440f1096afc346a3"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rafbd80cfe5494ea7"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3e4e564481074ba7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R440f1096afc346a3" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7e831ba38e2b437f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rafbd80cfe5494ea7" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Cloud Kings</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9QBP7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>149,402</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>149,453</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>147,980</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>148,948</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>143,956</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>144,357</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>143,592</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>144,342</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,773</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,486</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,011</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,027</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,399</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,261</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,517</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,622</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>