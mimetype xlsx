--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6254771771ec40bd" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7e15a8db97664fc7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rafbd80cfe5494ea7"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2684470e4c934eb2"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7e831ba38e2b437f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rafbd80cfe5494ea7" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R13bd18f69af5415c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2684470e4c934eb2" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Cloud Kings</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9QBP7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>140,622</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,263</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,916</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,163</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,701</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,701</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,701</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,701</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,701</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,701</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,701</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,701</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,701</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,701</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,701</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,701</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,701</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,701</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,701</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>