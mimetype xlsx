--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7e15a8db97664fc7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1ce53c9e1bd8477b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2684470e4c934eb2"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R67279a1d3f4a4a5b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R13bd18f69af5415c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2684470e4c934eb2" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5a102a8e3d8c4955" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R67279a1d3f4a4a5b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Cloud Kings</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9QBP7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,165 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...457 lines deleted...]
-        <x:is>
           <x:t>13.02.2026</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...18 lines deleted...]
-      </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>16.02.2026</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...18 lines deleted...]
-      </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>17.02.2026</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...18 lines deleted...]
-      </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>18.02.2026</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...18 lines deleted...]
-      </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.02.2026</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...18 lines deleted...]
-      </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...16 lines deleted...]
-          <x:t>120,701</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>