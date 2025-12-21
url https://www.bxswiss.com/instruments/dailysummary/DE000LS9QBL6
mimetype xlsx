--- v0 (2025-10-26)
+++ v1 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R36c577efacb34722" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc7f06b81eb034190" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd49a98009ec44c54"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R05aa2392957f4cb4"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf83617a4b1a84456" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd49a98009ec44c54" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf0d8fc97f82546ea" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R05aa2392957f4cb4" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Wasserstoffsektor Unternehmen</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9QBL6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24.09.2025</x:t>
-[...14 lines deleted...]
-          <x:t>36,486</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,351</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,356</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,444</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,569</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,497</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>36,524</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>25.09.2025</x:t>
-[...9 lines deleted...]
-          <x:t>36,593</x:t>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,531</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,441</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>36,474</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...35 lines deleted...]
-          <x:t>29.09.2025</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,465</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>36,518</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...23 lines deleted...]
-          <x:t>36,580</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,532</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,743</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,757</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>36,672</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>36,554</x:t>
+          <x:t>36,714</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,517</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>36,591</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...64 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>36,620</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>36,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,616</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,603</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,548</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>36,533</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>36,540</x:t>
-[...75 lines deleted...]
-          <x:t>36,379</x:t>
+          <x:t>36,544</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>36,432</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...30 lines deleted...]
-          <x:t>10.10.2025</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,449</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,435</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>36,472</x:t>
-        </x:is>
-[...283 lines deleted...]
-          <x:t>36,201</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>