--- v1 (2025-12-21)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc7f06b81eb034190" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3057cd21e477453d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R05aa2392957f4cb4"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R56060191518045fa"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf0d8fc97f82546ea" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R05aa2392957f4cb4" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rac4c10ba34f746be" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R56060191518045fa" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Wasserstoffsektor Unternehmen</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9QBL6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,573 +149,168 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...252 lines deleted...]
-          <x:t>36,543</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,517</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>36,516</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>36,530</x:t>
-[...97 lines deleted...]
-          <x:t>36,767</x:t>
+          <x:t>36,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,616</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>36,651</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>36,743</x:t>
-[...150 lines deleted...]
-        <x:is>
           <x:t>36,656</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>36,582</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>36,603</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>17.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>36,605</x:t>
         </x:is>
       </x:c>
@@ -744,50 +339,293 @@
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>36,533</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>36,544</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>36,432</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>36,449</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,472</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,472</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,472</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,472</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,472</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,472</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,472</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,472</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,472</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>36,449</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>36,504</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>36,435</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>36,472</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>