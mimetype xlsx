--- v2 (2026-01-11)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3057cd21e477453d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6361de46722649eb" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R56060191518045fa"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R983fb0cc44a243a9"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rac4c10ba34f746be" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R56060191518045fa" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R974c722378ba489b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R983fb0cc44a243a9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Wasserstoffsektor Unternehmen</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9QBL6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,186 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>36,472</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>