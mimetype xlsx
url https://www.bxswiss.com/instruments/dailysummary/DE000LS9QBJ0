--- v0 (2025-10-04)
+++ v1 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra6bd42ee7cac4793" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3313eae4248044d9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Raf2a4e9d609b4b01"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1aef95ddc4ce4f19"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Raa7f10c95c4746fb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Raf2a4e9d609b4b01" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbd71e2fda2424d88" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1aef95ddc4ce4f19" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Subscription Economy Strategy</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9QBJ0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>136,976</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,692</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,679</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,624</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,238</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,159</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,608</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,067</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,358</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,313</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,046</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,863</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,608</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,003</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,983</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,888</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,628</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,759</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,817</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>