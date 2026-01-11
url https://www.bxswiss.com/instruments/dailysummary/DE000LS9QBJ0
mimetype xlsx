--- v1 (2025-12-20)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3313eae4248044d9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8b5881cff0d748e2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1aef95ddc4ce4f19"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R925deeba6a774faf"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbd71e2fda2424d88" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1aef95ddc4ce4f19" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Raf7c8e73bd9f4935" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R925deeba6a774faf" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Subscription Economy Strategy</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9QBJ0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>125,366</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>125,392</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>123,626</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>124,608</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>121,702</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>122,891</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>121,323</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>122,817</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,129</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,431</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,588</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,157</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,788</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,446</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,567</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,525</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>