--- v2 (2026-01-11)
+++ v3 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8b5881cff0d748e2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re691acd7cb914619" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R925deeba6a774faf"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R430b311ef3a34369"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Raf7c8e73bd9f4935" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R925deeba6a774faf" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R354e56edb1a4421b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R430b311ef3a34369" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Subscription Economy Strategy</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9QBJ0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>119,525</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,022</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,343</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,122</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,794</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,811</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,366</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,056</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,449</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,903</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,566</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,068</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,207</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,827</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,677</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,893</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,747</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,914</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>