--- v3 (2026-02-22)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re691acd7cb914619" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1c06cd49bcb541e2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R430b311ef3a34369"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd1afb75e31864e9c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R354e56edb1a4421b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R430b311ef3a34369" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Red46bd1467194d4f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd1afb75e31864e9c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Subscription Economy Strategy</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9QBJ0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>96,255</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,851</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>95,746</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,490</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,557</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,086</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,780</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,914</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,738</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,758</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,091</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,773</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,934</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,432</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,699</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,434</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,414</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,387</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,975</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>