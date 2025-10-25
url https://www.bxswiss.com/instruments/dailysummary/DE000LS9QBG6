--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6165f0fcbfb940c7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R455727bc36814e5a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rea4eec45a04342d9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb35a2f4c003e4245"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2a17a3de5f2943fe" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rea4eec45a04342d9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6493e6e35cce42a0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb35a2f4c003e4245" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Future Biotech Investment</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9QBG6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>23.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>56,354</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>56,471</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>56,288</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>56,408</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>58,864</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>58,910</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>58,555</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>58,789</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,869</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,613</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,851</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,801</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,348</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,447</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,313</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,646</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,336</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,962</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,628</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,049</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,314</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,543</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>