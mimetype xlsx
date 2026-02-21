--- v1 (2025-10-25)
+++ v2 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R455727bc36814e5a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra052ab9b91af4489" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb35a2f4c003e4245"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9907560b5326411f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6493e6e35cce42a0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb35a2f4c003e4245" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4c0a725288134b17" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9907560b5326411f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Future Biotech Investment</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9QBG6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...490 lines deleted...]
-          <x:t>57,520</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,727</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,813</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,232</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,456</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,589</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,854</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,627</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,286</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,409</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,143</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,232</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,439</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,389</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,718</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,876</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>58,239</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>57,351</x:t>
-[...139 lines deleted...]
-          <x:t>58,543</x:t>
+          <x:t>57,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,206</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,657</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,309</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,952</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,478</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,908</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,163</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,018</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>