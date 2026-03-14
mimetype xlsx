--- v2 (2026-02-21)
+++ v3 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra052ab9b91af4489" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R917b3dd710794c42" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9907560b5326411f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re9eacac403484c8a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4c0a725288134b17" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9907560b5326411f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R316154b9c5754237" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re9eacac403484c8a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Future Biotech Investment</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9QBG6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>57,876</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>58,239</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>57,557</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>58,206</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>58,400</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>58,406</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>57,950</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>58,018</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,994</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,269</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,657</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,657</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,063</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,318</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,623</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,251</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,732</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,791</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,263</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,921</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,389</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,881</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>