--- v0 (2025-10-25)
+++ v1 (2025-11-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re80eff2a30d1407e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R97624b37b07b45e2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R86a7c8bd9e17489a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd1256b6eb7474981"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7e2b9f5cee6e4958" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R86a7c8bd9e17489a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R405d50a78c02492c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd1256b6eb7474981" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Flop ist top</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9QAP9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...257 lines deleted...]
-          <x:t>22,208</x:t>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,164</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,136</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,006</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,017</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,024</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,053</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,081</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,128</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,097</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,082</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,186</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,167</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>22,215</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...84 lines deleted...]
-          <x:t>10.10.2025</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,194</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,210</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>22,225</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>22,254</x:t>
-[...48 lines deleted...]
-          <x:t>22,155</x:t>
+          <x:t>22,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,179</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>22,188</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...121 lines deleted...]
-          <x:t>21.10.2025</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,023</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,034</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>21,972</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>22,023</x:t>
-[...90 lines deleted...]
-          <x:t>22,053</x:t>
+          <x:t>21,974</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>