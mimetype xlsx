--- v1 (2025-11-14)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R97624b37b07b45e2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6439dbf5a746435b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd1256b6eb7474981"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc89b2569166a4f02"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R405d50a78c02492c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd1256b6eb7474981" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra97918f04cab4846" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc89b2569166a4f02" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Flop ist top</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9QAP9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13.10.2025</x:t>
-[...14 lines deleted...]
-          <x:t>22,181</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,048</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,129</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,132</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,173</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,183</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,258</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,234</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,199</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,224</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,232</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,263</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,308</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,356</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,339</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,269</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,217</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,237</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,267</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,233</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,172</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,171</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>22,205</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...396 lines deleted...]
-          <x:t>22,125</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,163</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>22,186</x:t>
-        </x:is>
-[...214 lines deleted...]
-          <x:t>21,974</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>