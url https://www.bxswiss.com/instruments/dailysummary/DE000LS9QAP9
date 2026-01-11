--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6439dbf5a746435b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R185b47eadee04f13" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc89b2569166a4f02"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0e8e6052e89a4e3f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra97918f04cab4846" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc89b2569166a4f02" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb331706da9b04dec" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0e8e6052e89a4e3f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Flop ist top</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9QAP9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...58 lines deleted...]
-          <x:t>22,126</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,269</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,217</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,237</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,267</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,233</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,172</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,186</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,106</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,109</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,089</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,159</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,142</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>22,167</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...158 lines deleted...]
-          <x:t>22,233</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,144</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>22,179</x:t>
-        </x:is>
-[...408 lines deleted...]
-          <x:t>22,186</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>