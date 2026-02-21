--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R185b47eadee04f13" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4876b66a8aae4f36" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0e8e6052e89a4e3f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3e23ccca212c4678"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb331706da9b04dec" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0e8e6052e89a4e3f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R060f355adb1c4a71" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3e23ccca212c4678" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Flop ist top</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9QAP9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>22,179</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,039</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,091</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,073</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,056</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,915</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,834</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,858</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,792</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,777</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,891</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,768</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,799</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,789</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,719</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,679</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,691</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,706</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,674</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,677</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,706</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>