--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4876b66a8aae4f36" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6983d27f245745a4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3e23ccca212c4678"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R532caef70e2d471c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R060f355adb1c4a71" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3e23ccca212c4678" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R86ea1836eb964639" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R532caef70e2d471c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Flop ist top</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9QAP9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>21,711</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>21,714</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>21,620</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>21,679</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>21,675</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>21,728</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>21,666</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>21,706</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,702</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,672</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,673</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,688</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,589</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,657</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,561</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,566</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,508</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,444</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,448</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,471</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,439</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,463</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,458</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>