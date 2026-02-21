--- v0 (2026-01-05)
+++ v1 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd484333c09ad4b66" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9fe8cb65643c4dbf" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4174dccda14846e9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra4b03e876b804d9d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rad4810f1b3d747b8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4174dccda14846e9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc4bf844a77ce4f0e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra4b03e876b804d9d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>autonomous driving future</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9QAM6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,457 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>04.12.2025</x:t>
-[...311 lines deleted...]
-          <x:t>295,908</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,598</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,504</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>310,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>310,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,929</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,989</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,622</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,956</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,433</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,444</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,032</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>299,482</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...104 lines deleted...]
-          <x:t>304,680</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,576</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,092</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,201</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,444</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,199</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,227</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,769</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,149</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,458</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,182</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,247</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,560</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>