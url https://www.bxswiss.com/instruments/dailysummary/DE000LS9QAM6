--- v1 (2026-02-21)
+++ v2 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9fe8cb65643c4dbf" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb2ca5cb98b2945b2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra4b03e876b804d9d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf90f641a9a4a4b04"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc4bf844a77ce4f0e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra4b03e876b804d9d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rce35eac2603e4935" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf90f641a9a4a4b04" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>autonomous driving future</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9QAM6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>301,383</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>301,611</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>297,576</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>300,040</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>300,176</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>302,271</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>298,513</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>300,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,457</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,922</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,012</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,416</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,558</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,472</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,788</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,009</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,299</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,154</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,020</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>