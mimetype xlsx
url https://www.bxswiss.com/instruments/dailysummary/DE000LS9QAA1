--- v0 (2025-10-03)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0985cae0d26d43dc" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf58abff7cc954587" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R389e922c185748bf"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1f8659fe1e8549f4"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9b13b11f48f24056" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R389e922c185748bf" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9981353293164828" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1f8659fe1e8549f4" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Value-Investing 2.0</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9QAA1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...193 lines deleted...]
-          <x:t>132,732</x:t>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,783</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,438</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,361</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,066</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,541</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,251</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,504</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,742</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,403</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,073</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>132,979</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>132,614</x:t>
-[...436 lines deleted...]
-          <x:t>133,742</x:t>
+          <x:t>133,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,793</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,992</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,149</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,056</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,778</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,602</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,292</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,553</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,914</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,898</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,427</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>