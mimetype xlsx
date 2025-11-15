--- v1 (2025-10-25)
+++ v2 (2025-11-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf58abff7cc954587" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R83e665d9bfec43ef" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1f8659fe1e8549f4"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbf23a80179f343a5"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9981353293164828" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1f8659fe1e8549f4" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc6c736555a8e4c73" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbf23a80179f343a5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Value-Investing 2.0</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9QAA1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...139 lines deleted...]
-          <x:t>132,428</x:t>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,778</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,602</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,292</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,553</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,914</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,898</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,427</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,697</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,413</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,601</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>132,670</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>132,153</x:t>
-[...490 lines deleted...]
-          <x:t>132,427</x:t>
+          <x:t>132,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,261</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,781</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,672</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,236</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,213</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,893</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,333</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,911</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,231</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,159</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,419</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>