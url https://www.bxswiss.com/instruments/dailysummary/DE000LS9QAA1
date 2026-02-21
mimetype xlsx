--- v2 (2025-11-15)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R83e665d9bfec43ef" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Reaa5b7914dd5414f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbf23a80179f343a5"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf162633331564932"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc6c736555a8e4c73" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbf23a80179f343a5" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb172195cbf3e44e2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf162633331564932" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Value-Investing 2.0</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9QAA1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.10.2025</x:t>
-[...193 lines deleted...]
-          <x:t>131,852</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,753</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,609</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,848</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,349</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,497</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,496</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,359</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,428</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,971</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,176</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,163</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,367</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,332</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,703</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,273</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,833</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,339</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,724</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,003</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,776</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>132,193</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>131,791</x:t>
-[...436 lines deleted...]
-          <x:t>130,419</x:t>
+          <x:t>132,767</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,119</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,911</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>