--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Reaa5b7914dd5414f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd862bd8d765a4097" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf162633331564932"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1254325e9f084452"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb172195cbf3e44e2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf162633331564932" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R804ba13401a94122" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1254325e9f084452" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Value-Investing 2.0</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9QAA1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,608 +149,203 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...176 lines deleted...]
-          <x:t>132,020</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,273</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,833</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,339</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,724</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,092</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>132,359</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...371 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>133,003</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>18.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>132,704</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>132,776</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>132,193</x:t>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>132,305</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>133,059</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>132,223</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>132,911</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,399</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,286</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,937</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,844</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,221</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,462</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,799</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,226</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,518</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,017</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,628</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>