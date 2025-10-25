--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R819390a99d8e45ad" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbf56609569e94dd8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R813682f8561d4966"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra6af7313c006481b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R943ae037b95a4102" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R813682f8561d4966" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9a542899199e45d8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra6af7313c006481b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Erfolgsstory Wasserstoff</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9PZZ7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...90 lines deleted...]
-          <x:t>11,192</x:t>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,112</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,131</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,111</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11,144</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...8 lines deleted...]
-          <x:t>08.09.2025</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,144</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11,124</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>11,130</x:t>
+          <x:t>11,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,114</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,086</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,076</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11,099</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>11,100</x:t>
-[...151 lines deleted...]
-          <x:t>11,133</x:t>
+          <x:t>11,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,087</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,091</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11,105</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>11,113</x:t>
-[...350 lines deleted...]
-          <x:t>11,114</x:t>
+          <x:t>11,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,081</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,046</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,047</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,993</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,981</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,982</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,988</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,991</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,005</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>