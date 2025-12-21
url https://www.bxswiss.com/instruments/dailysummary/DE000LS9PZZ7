--- v1 (2025-10-25)
+++ v2 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbf56609569e94dd8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R07dfe55ab7b14a4a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra6af7313c006481b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3c0843b1d25c490d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9a542899199e45d8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra6af7313c006481b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R648a2b2d49004916" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3c0843b1d25c490d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Erfolgsstory Wasserstoff</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9PZZ7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24.09.2025</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,044</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,044</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,107</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,094</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,078</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,094</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,094</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,133</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,164</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11,129</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>11,133</x:t>
-[...4 lines deleted...]
-          <x:t>11,100</x:t>
+          <x:t>11,157</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,148</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,102</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11,112</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>25.09.2025</x:t>
-[...9 lines deleted...]
-          <x:t>11,133</x:t>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,087</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,097</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,117</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11,096</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>11,125</x:t>
-[...21 lines deleted...]
-          <x:t>11,092</x:t>
+          <x:t>11,116</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,112</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,112</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11,115</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...202 lines deleted...]
-          <x:t>11,092</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11,064</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>11,080</x:t>
-[...79 lines deleted...]
-        <x:is>
           <x:t>11,081</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...20 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11,060</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...37 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11,071</x:t>
-        </x:is>
-[...170 lines deleted...]
-          <x:t>11,005</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>