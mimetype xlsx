--- v2 (2025-12-21)
+++ v3 (2026-01-12)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R07dfe55ab7b14a4a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra05faa8eb59d43a8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3c0843b1d25c490d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9d3ae1f756d14ad0"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R648a2b2d49004916" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3c0843b1d25c490d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R34ceea97bf254293" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9d3ae1f756d14ad0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Erfolgsstory Wasserstoff</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9PZZ7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,457 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...14 lines deleted...]
-          <x:t>11,002</x:t>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,087</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,097</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,116</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,112</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,071</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,066</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,041</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,031</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,033</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,023</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,019</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11,044</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.11.2025</x:t>
-[...4 lines deleted...]
-          <x:t>11,042</x:t>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,058</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,049</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11,062</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...158 lines deleted...]
-          <x:t>11,095</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,050</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11,068</x:t>
-        </x:is>
-[...408 lines deleted...]
-          <x:t>11,071</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>