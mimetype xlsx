--- v3 (2026-01-12)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra05faa8eb59d43a8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3c2331a0d8914fb7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9d3ae1f756d14ad0"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbf9b16b8b4fd4f12"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R34ceea97bf254293" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9d3ae1f756d14ad0" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3df4c6c4573e4205" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbf9b16b8b4fd4f12" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Erfolgsstory Wasserstoff</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9PZZ7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,457 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>11.12.2025</x:t>
-[...252 lines deleted...]
-          <x:t>11,055</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,999</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,024</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,012</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11,023</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>11,031</x:t>
-[...16 lines deleted...]
-          <x:t>11,036</x:t>
+          <x:t>11,006</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11,015</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...136 lines deleted...]
-          <x:t>11,068</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,007</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,936</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,896</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,908</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,867</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,863</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,874</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,879</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,873</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,838</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,818</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,861</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,824</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,819</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,819</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,832</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,816</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,817</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,832</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>