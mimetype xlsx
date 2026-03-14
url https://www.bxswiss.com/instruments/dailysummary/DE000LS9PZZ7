--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3c2331a0d8914fb7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7221358956144bc6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbf9b16b8b4fd4f12"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcc8fb7ee9a644efe"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3df4c6c4573e4205" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbf9b16b8b4fd4f12" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0ca549c79fd34c11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcc8fb7ee9a644efe" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Erfolgsstory Wasserstoff</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9PZZ7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...333 lines deleted...]
-          <x:t>10,889</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,818</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,861</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,824</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,819</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,819</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,832</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,816</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,817</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,832</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,833</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10,850</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10,879</x:t>
-[...75 lines deleted...]
-          <x:t>10,789</x:t>
+          <x:t>10,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,851</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10,818</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...45 lines deleted...]
-          <x:t>10,809</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,823</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10,824</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...126 lines deleted...]
-          <x:t>10,804</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,774</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,808</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10,817</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...23 lines deleted...]
-          <x:t>10,832</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,762</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,733</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,701</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,703</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,699</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,711</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,709</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>