--- v0 (2025-10-04)
+++ v1 (2025-10-31)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6c781e39d19f4118" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re7303b7bf7954709" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re5811528e9b247c3"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R95ff6cdd3bab4704"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R22201650a4f14b00" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re5811528e9b247c3" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re4288630e4d7479f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R95ff6cdd3bab4704" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Biotech Trend Composite</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9PZV6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,563 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...511 lines deleted...]
-        <x:is>
           <x:t>29.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>50,718</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>50,856</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>50,447</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>50,764</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +278,544 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>52,985</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>53,378</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>52,784</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>53,147</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,216</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,768</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,549</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,517</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,354</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,402</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,609</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,609</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,356</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,008</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,404</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,087</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,412</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,296</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,248</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,999</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,419</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>