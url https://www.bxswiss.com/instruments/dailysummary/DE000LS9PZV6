--- v1 (2025-10-31)
+++ v2 (2025-11-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re7303b7bf7954709" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5a64b5db6dc24be7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R95ff6cdd3bab4704"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rccf95cbe54694e94"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re4288630e4d7479f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R95ff6cdd3bab4704" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R93e9558a5b504488" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rccf95cbe54694e94" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Biotech Trend Composite</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9PZV6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
-[...26 lines deleted...]
-          <x:t>30.09.2025</x:t>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,008</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,404</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,087</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,412</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,296</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,248</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,999</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,419</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,124</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,201</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,064</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,564</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,402</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,414</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,113</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,629</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,740</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>50,858</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>51,230</x:t>
-[...603 lines deleted...]
-          <x:t>52,419</x:t>
+          <x:t>50,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,292</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,996</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,002</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,104</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,616</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>