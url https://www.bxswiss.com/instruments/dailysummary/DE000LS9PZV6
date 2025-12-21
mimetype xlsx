--- v2 (2025-11-21)
+++ v3 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5a64b5db6dc24be7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4374c39ff03a431f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rccf95cbe54694e94"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R67d66da4d1df4c2b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R93e9558a5b504488" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rccf95cbe54694e94" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd8ad3854728547ae" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R67d66da4d1df4c2b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Biotech Trend Composite</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9PZV6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.10.2025</x:t>
-[...377 lines deleted...]
-          <x:t>07.11.2025</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,104</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,616</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,726</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,691</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,173</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,519</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,736</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,678</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>50,721</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>51,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,413</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,053</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,161</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,942</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,532</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,031</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,311</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,242</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,396</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,262</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>50,758</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>49,316</x:t>
-[...237 lines deleted...]
-          <x:t>51,028</x:t>
+          <x:t>50,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,481</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>50,441</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>50,616</x:t>
+          <x:t>51,454</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>