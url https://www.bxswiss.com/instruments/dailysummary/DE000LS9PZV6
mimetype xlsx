--- v3 (2025-12-21)
+++ v4 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4374c39ff03a431f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R96af12e0e3704409" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R67d66da4d1df4c2b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8cd6e7ccb8f24f27"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd8ad3854728547ae" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R67d66da4d1df4c2b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R36da59a622314d40" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8cd6e7ccb8f24f27" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Biotech Trend Composite</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9PZV6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...4 lines deleted...]
-          <x:t>50,350</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,031</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,311</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,242</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,346</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>50,770</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>50,098</x:t>
-[...21 lines deleted...]
-          <x:t>51,028</x:t>
+          <x:t>51,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,396</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,262</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,481</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>50,441</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>50,616</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>51,454</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,212</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,486</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,067</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,097</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,972</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,830</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>