--- v4 (2026-01-11)
+++ v5 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R96af12e0e3704409" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdaacf576f77047e0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8cd6e7ccb8f24f27"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R03a5183a9f4c4b4f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R36da59a622314d40" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8cd6e7ccb8f24f27" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1ce2fb5cfc734803" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R03a5183a9f4c4b4f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Biotech Trend Composite</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9PZV6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...198 lines deleted...]
-          <x:t>51,481</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,132</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,102</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,783</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,606</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,327</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,713</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,997</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,649</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,069</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,561</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,399</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,992</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,776</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,324</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,794</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,213</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,784</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>50,441</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>51,454</x:t>
-[...242 lines deleted...]
-          <x:t>52,830</x:t>
+          <x:t>50,516</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,062</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,051</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,130</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>