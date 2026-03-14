--- v5 (2026-02-21)
+++ v6 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdaacf576f77047e0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1a217d05084e4fca" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R03a5183a9f4c4b4f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5ed327abd74c48a2"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1ce2fb5cfc734803" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R03a5183a9f4c4b4f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdf448aee9240475f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5ed327abd74c48a2" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Biotech Trend Composite</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9PZV6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,613 +149,208 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...382 lines deleted...]
-          <x:t>51,047</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,324</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,794</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,213</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,516</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,289</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>51,062</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...170 lines deleted...]
-      </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>18.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>51,283</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>52,183</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>51,122</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>52,165</x:t>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>52,777</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>52,828</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>51,938</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>52,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,182</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,084</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,703</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,254</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,707</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,198</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,824</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,641</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,478</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,357</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,148</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,651</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,388</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,407</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>