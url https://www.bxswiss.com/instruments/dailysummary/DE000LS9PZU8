--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra67e7b82bd07487a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7d900f88b3174908" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R276efe05777c4d04"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R622f0110cf504043"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re0dac9220bc1451a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R276efe05777c4d04" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rda5c46d28792496a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R622f0110cf504043" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CHI High-Beta-Stocks nach Zanger</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9PZU8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...392 lines deleted...]
-          <x:t>183,913</x:t>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,684</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,299</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,787</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,442</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,848</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,513</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,551</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,939</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,181</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,109</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,104</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,828</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,934</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,136</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,718</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,452</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,114</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,181</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>184,242</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...239 lines deleted...]
-          <x:t>201,551</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,349</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,650</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>