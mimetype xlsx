--- v1 (2025-10-25)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7d900f88b3174908" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3c91c59f6e334b4e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R622f0110cf504043"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R64affae8d4214189"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rda5c46d28792496a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R622f0110cf504043" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb2c5fb8128334de1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R64affae8d4214189" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CHI High-Beta-Stocks nach Zanger</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9PZU8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>201,650</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,017</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,902</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,681</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,713</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,414</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,733</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,351</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,819</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,372</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,017</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,554</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,347</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,604</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,394</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,552</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,451</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>