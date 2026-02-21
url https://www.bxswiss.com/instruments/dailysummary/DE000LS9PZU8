--- v2 (2026-01-11)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3c91c59f6e334b4e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R28ab8521841f4b02" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R64affae8d4214189"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd7a512d5f6e644d5"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb2c5fb8128334de1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R64affae8d4214189" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8df7a06b3e444e42" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd7a512d5f6e644d5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CHI High-Beta-Stocks nach Zanger</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9PZU8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>211,451</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,144</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,494</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,686</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,898</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,416</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,758</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,481</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,499</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,642</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,358</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,472</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,888</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,138</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,621</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,301</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,127</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,209</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,188</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,058</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>