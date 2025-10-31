--- v0 (2025-10-04)
+++ v1 (2025-10-31)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc0d1eb1186964722" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8dcdf54935c043a8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0862efac3b7b4a66"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Raf696352e1864d1e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2e97bc7e676c4882" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0862efac3b7b4a66" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R413f758a75e34535" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Raf696352e1864d1e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Cloud Intelligence</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9PZT0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,563 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...511 lines deleted...]
-        <x:is>
           <x:t>29.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>147,851</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>149,335</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>147,766</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>148,185</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +278,544 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>149,734</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>150,648</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>149,015</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>150,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,503</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,896</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,036</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,878</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,969</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,227</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,294</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,264</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,098</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,127</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,192</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,234</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,770</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>