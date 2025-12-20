--- v1 (2025-10-31)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8dcdf54935c043a8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3119172c66944c99" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Raf696352e1864d1e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2cd259223e62467e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R413f758a75e34535" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Raf696352e1864d1e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R409cfa9e564f4fbe" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2cd259223e62467e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Cloud Intelligence</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9PZT0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>162,770</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,591</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,928</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,817</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,053</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,793</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,844</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,211</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,886</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,668</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,317</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,038</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,801</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,188</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,431</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,603</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,136</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,401</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,912</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,312</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,576</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,498</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>