--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3119172c66944c99" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R28fe9b14ca8440ce" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2cd259223e62467e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R90f381225e0042ab"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R409cfa9e564f4fbe" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2cd259223e62467e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R821ab5022078456a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R90f381225e0042ab" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Cloud Intelligence</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9PZT0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...53 lines deleted...]
-          <x:t>20.11.2025</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,603</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,136</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,401</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,912</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,312</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,576</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,498</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,001</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,866</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,131</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,288</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,418</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,061</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,978</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,849</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>152,082</x:t>
-        </x:is>
-[...580 lines deleted...]
-          <x:t>151,498</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>