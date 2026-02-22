--- v3 (2026-01-11)
+++ v4 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R28fe9b14ca8440ce" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R310c44b656d84799" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R90f381225e0042ab"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R581abfb1e74944ea"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R821ab5022078456a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R90f381225e0042ab" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf5f8211f67164d81" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R581abfb1e74944ea" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Cloud Intelligence</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9PZT0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>152,082</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,752</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,124</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,941</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,852</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,092</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,946</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,107</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,012</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,929</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,931</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,787</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,587</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,912</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,048</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,542</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,010</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>