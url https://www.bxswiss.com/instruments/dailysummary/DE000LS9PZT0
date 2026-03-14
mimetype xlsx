--- v4 (2026-02-22)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R310c44b656d84799" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0230a1407d124f25" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R581abfb1e74944ea"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdb55eb49362d4f14"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf5f8211f67164d81" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R581abfb1e74944ea" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R703832f42f484669" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdb55eb49362d4f14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Cloud Intelligence</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9PZT0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>122,973</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>124,420</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>121,316</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>123,787</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>121,173</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>122,399</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>119,825</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>122,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,142</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,316</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,469</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,507</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,296</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,963</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,218</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,291</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,023</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,644</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,731</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,958</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,858</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>