--- v0 (2025-10-04)
+++ v1 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2475efe7456345a1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra05a5c1444d64c47" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4e6c643cc4f94070"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R553e0de476de4b38"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb6d37ab57f59420b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4e6c643cc4f94070" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R33eaa77996b34229" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R553e0de476de4b38" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Growth Stocks World</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9PZS2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...225 lines deleted...]
-          <x:t>146,782</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,406</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,511</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>145,861</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>145,888</x:t>
-[...21 lines deleted...]
-          <x:t>146,140</x:t>
+          <x:t>145,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,984</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,432</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,179</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,903</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,597</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,133</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,659</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>146,440</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>16.09.2025</x:t>
-[...370 lines deleted...]
-          <x:t>148,838</x:t>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,366</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,458</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,933</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,339</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,374</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,459</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,478</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,656</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,607</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,448</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>