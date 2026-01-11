--- v1 (2025-12-21)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra05a5c1444d64c47" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R844c85be764f4d14" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R553e0de476de4b38"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R11a254749e99413a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R33eaa77996b34229" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R553e0de476de4b38" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6213a16374fa4463" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R11a254749e99413a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Growth Stocks World</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9PZS2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...122 lines deleted...]
-          <x:t>142,969</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,339</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,374</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,459</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,478</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,656</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,607</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,448</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,829</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>143,432</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...278 lines deleted...]
-          <x:t>144,261</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,742</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,432</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,206</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,471</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,397</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>144,369</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>144,193</x:t>
-[...193 lines deleted...]
-          <x:t>143,448</x:t>
+          <x:t>145,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,682</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,799</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,544</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>