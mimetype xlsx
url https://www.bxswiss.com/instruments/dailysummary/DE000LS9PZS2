--- v2 (2026-01-11)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R844c85be764f4d14" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R602fd5941d854369" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R11a254749e99413a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R376592349d5541eb"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6213a16374fa4463" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R11a254749e99413a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R548b26a065da4fc6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R376592349d5541eb" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Growth Stocks World</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9PZS2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>146,544</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,904</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,986</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,089</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,383</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,348</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,548</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,157</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,093</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,741</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,894</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,646</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,912</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,074</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,036</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,833</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,404</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,583</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,223</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,363</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,638</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>