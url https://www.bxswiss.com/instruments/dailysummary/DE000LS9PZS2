--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R602fd5941d854369" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2b6da4a704684ecf" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R376592349d5541eb"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0325d3cd70c24719"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R548b26a065da4fc6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R376592349d5541eb" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R860f6a2fdd8948d3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0325d3cd70c24719" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Growth Stocks World</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9PZS2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>140,924</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>142,111</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>140,496</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>142,036</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>143,507</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>143,930</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>142,788</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>143,638</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,812</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,458</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,546</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,913</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,803</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,938</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,186</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,307</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,161</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,438</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,186</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,584</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>