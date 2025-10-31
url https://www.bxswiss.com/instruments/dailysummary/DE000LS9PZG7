--- v0 (2025-10-04)
+++ v1 (2025-10-31)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3606a206a85742e0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb9a4871cd07f42b7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R61c5bd7874df4165"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7fc55e08d3a6454c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3373509d2d8147b5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R61c5bd7874df4165" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R73189029a1614a05" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7fc55e08d3a6454c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Global Growth Champions</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9PZG7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,563 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...511 lines deleted...]
-        <x:is>
           <x:t>29.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>158,196</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>159,643</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>158,047</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>159,052</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +278,544 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>161,126</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>161,421</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>160,165</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>160,499</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,128</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,232</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,671</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,436</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,582</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,672</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,551</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,724</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,812</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,469</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,473</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,314</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,706</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,509</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>