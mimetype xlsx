--- v1 (2025-10-31)
+++ v2 (2025-11-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb9a4871cd07f42b7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2781de7711584a71" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7fc55e08d3a6454c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7e900188b6c34e57"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R73189029a1614a05" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7fc55e08d3a6454c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7ffa2ade891b45f0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7e900188b6c34e57" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Global Growth Champions</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9PZG7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,524 +149,119 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
-[...220 lines deleted...]
-          <x:t>161,968</x:t>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,812</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,094</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>162,229</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>160,881</x:t>
-[...241 lines deleted...]
-        <x:is>
           <x:t>159,360</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>159,360</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>23.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>162,937</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>163,470</x:t>
         </x:is>
       </x:c>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>30.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>165,418</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>166,344</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>164,236</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>165,509</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,027</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,222</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,141</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,426</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,872</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,928</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,492</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,058</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,682</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,907</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,348</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,202</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>