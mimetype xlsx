--- v2 (2025-11-21)
+++ v3 (2026-01-07)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2781de7711584a71" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdcb705a0ffae41df" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7e900188b6c34e57"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R23735841fa4141ba"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7ffa2ade891b45f0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7e900188b6c34e57" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfba20aab79ac468c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R23735841fa4141ba" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Global Growth Champions</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9PZG7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,457 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.10.2025</x:t>
-[...193 lines deleted...]
-          <x:t>165,237</x:t>
+          <x:t>08.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>165,599</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>164,273</x:t>
-[...436 lines deleted...]
-          <x:t>160,202</x:t>
+          <x:t>166,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,867</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,454</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,146</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,822</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,062</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,583</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,971</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,404</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,133</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,893</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,044</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,726</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>