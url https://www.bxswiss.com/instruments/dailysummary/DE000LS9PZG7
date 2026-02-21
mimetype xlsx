--- v3 (2026-01-07)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdcb705a0ffae41df" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0574f875fd214654" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R23735841fa4141ba"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf96b8df9d47d4e26"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfba20aab79ac468c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R23735841fa4141ba" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9aae06af06e54289" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf96b8df9d47d4e26" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Global Growth Champions</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9PZG7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,457 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.12.2025</x:t>
-[...424 lines deleted...]
-          <x:t>165,726</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,869</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,992</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,629</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,843</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,431</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,747</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,926</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,447</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,647</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,318</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,174</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,989</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,742</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,098</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,091</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,849</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,238</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,488</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,091</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,676</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>