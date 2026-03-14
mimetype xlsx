--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0574f875fd214654" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R48c84fec469240fc" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf96b8df9d47d4e26"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5914a1a92308443f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9aae06af06e54289" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf96b8df9d47d4e26" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0cf0fd12327c4c26" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5914a1a92308443f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Global Growth Champions</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9PZG7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>157,178</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>157,382</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>155,476</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>156,510</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>156,762</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>158,155</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>156,039</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>157,676</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,549</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,278</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,683</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,968</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,638</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,316</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,432</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,876</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,547</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>