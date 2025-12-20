--- v0 (2025-10-25)
+++ v1 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0a5ed7b2a68d4a8a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7bee12fa53e243c3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfb1524b967ef4344"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbb0ab663adfb4420"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra184024878de4d06" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfb1524b967ef4344" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5cfac54afa65406d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbb0ab663adfb4420" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Medizin-Revolution</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9PZE2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...80 lines deleted...]
-          <x:t>26.09.2025</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,416</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,784</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,928</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,974</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,031</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,359</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,241</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,078</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,213</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,236</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,238</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,374</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,573</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,702</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,398</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,167</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,252</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,416</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,512</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>96,318</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>96,451</x:t>
-[...549 lines deleted...]
-          <x:t>95,469</x:t>
+          <x:t>96,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,231</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,965</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,027</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>