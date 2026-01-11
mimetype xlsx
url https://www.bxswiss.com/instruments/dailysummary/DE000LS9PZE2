--- v1 (2025-12-20)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7bee12fa53e243c3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re76e1712dd214f8d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbb0ab663adfb4420"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R76ca3954a35948d2"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5cfac54afa65406d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbb0ab663adfb4420" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd0da6c3a1da94417" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R76ca3954a35948d2" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Medizin-Revolution</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9PZE2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,640 +149,208 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...166 lines deleted...]
-          <x:t>96,204</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,398</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,167</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,252</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,416</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,379</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>96,401</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>96,172</x:t>
-[...11 lines deleted...]
-          <x:t>27.11.2025</x:t>
+          <x:t>96,085</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>96,231</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...391 lines deleted...]
-      </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>18.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>96,182</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>96,214</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>95,921</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>95,965</x:t>
@@ -791,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>95,956</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>96,110</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>95,925</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>96,027</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,991</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,768</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,694</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,611</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,797</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,926</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,699</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>