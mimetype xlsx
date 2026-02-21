--- v2 (2026-01-11)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re76e1712dd214f8d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2e1f092441a44efe" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R76ca3954a35948d2"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5ecd513e12674312"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd0da6c3a1da94417" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R76ca3954a35948d2" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd366f80cab924727" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5ecd513e12674312" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Medizin-Revolution</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9PZE2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>97,699</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,289</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,847</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,196</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,092</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,657</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,873</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,054</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,693</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,312</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,766</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,222</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,216</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,112</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,803</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,104</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,362</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,504</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,177</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>