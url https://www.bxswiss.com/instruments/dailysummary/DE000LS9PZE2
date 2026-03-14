--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2e1f092441a44efe" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9fa2e7daaa2941e2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5ecd513e12674312"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc3e6782826d443b2"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd366f80cab924727" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5ecd513e12674312" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R547d56cc55004689" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc3e6782826d443b2" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Medizin-Revolution</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9PZE2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>86,101</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>87,157</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>85,512</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>87,112</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>88,823</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>89,212</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>87,783</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>88,177</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,604</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,307</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,403</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,259</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,368</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,423</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,396</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,634</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,964</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,746</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,253</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,016</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>