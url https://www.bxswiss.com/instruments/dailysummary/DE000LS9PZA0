--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R714ecee335804687" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7b411bef41c34528" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc54b51768760434b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdb9e1d30ac1a4648"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcf9b73556d28448b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc54b51768760434b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R37be960dd86343cd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdb9e1d30ac1a4648" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Global Technology Trends</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9PZA0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>23.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>189,420</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>190,068</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>187,844</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>188,245</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>191,091</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>191,490</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>186,529</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>187,302</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,391</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,052</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,666</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,841</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,846</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,983</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,876</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,378</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,189</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,976</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>