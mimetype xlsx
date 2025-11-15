--- v1 (2025-10-25)
+++ v2 (2025-11-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7b411bef41c34528" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R52699774abb4492d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdb9e1d30ac1a4648"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc1bf1bf503ea46c2"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R37be960dd86343cd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdb9e1d30ac1a4648" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbc4bdb850afa4ddd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc1bf1bf503ea46c2" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Global Technology Trends</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9PZA0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>14.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>189,643</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>190,666</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>186,513</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>188,841</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>24.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>194,123</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>195,817</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>193,933</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>194,976</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,056</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,709</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,141</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,277</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,701</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,638</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,121</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,047</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,024</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,984</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,767</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,812</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>