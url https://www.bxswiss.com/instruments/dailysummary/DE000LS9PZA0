--- v2 (2025-11-15)
+++ v3 (2026-01-07)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R52699774abb4492d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc55f210699ba457e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc1bf1bf503ea46c2"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2ba4e9838ac04189"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbc4bdb850afa4ddd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc1bf1bf503ea46c2" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R68a9661fa366422a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2ba4e9838ac04189" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Global Technology Trends</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9PZA0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,457 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.10.2025</x:t>
-[...640 lines deleted...]
-          <x:t>183,812</x:t>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,973</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,739</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,343</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,852</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,289</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,781</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,548</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,831</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,312</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,154</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,863</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,273</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,238</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,716</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>