--- v3 (2026-01-07)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc55f210699ba457e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf22aa552fc354449" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2ba4e9838ac04189"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3711f7ed9eb64ccd"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R68a9661fa366422a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2ba4e9838ac04189" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcec71b4a4e6b4821" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3711f7ed9eb64ccd" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Global Technology Trends</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9PZA0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,457 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.12.2025</x:t>
-[...424 lines deleted...]
-          <x:t>186,716</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,348</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,072</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,106</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,642</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,496</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,459</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,181</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,854</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,449</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,307</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,463</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,846</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,108</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,653</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,741</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,186</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,581</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,736</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,992</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>