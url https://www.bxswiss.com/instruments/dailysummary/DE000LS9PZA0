--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf22aa552fc354449" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R57c400b8fb4b4003" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3711f7ed9eb64ccd"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2349422cb7a34dba"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcec71b4a4e6b4821" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3711f7ed9eb64ccd" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4260b9b576244b85" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2349422cb7a34dba" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Global Technology Trends</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9PZA0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>166,653</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>168,628</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>166,152</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>167,846</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>165,841</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>166,536</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>163,973</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>165,992</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,396</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,706</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,769</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,767</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,223</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,377</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,708</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,624</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,864</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,387</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,187</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,501</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,124</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>