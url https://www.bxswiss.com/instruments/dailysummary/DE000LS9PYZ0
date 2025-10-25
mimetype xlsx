--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R581d201391454343" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R47bc2ac79ed5403a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra64584eeb4e94bca"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R983eefd25f1a45bd"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R631bd0b059414c1c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra64584eeb4e94bca" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra96b251e2eae47d2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R983eefd25f1a45bd" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Long Disrupters</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9PYZ0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>24.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>285,034</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>286,586</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>284,721</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>286,135</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>286,664</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>286,925</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>282,467</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>283,679</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,971</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,173</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,953</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,794</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,396</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,606</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,741</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,977</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,128</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,536</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,539</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,614</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,004</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,199</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>