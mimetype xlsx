--- v1 (2025-10-25)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R47bc2ac79ed5403a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra10fb1a1edfd442d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R983eefd25f1a45bd"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R06bc588ad4174798"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra96b251e2eae47d2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R983eefd25f1a45bd" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6230a90494124b48" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R06bc588ad4174798" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Long Disrupters</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9PYZ0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>290,199</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,071</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,424</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,172</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,426</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,533</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,192</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,523</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,858</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,781</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,284</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,424</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,847</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,843</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,969</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,032</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,813</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,008</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,369</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,616</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,814</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>