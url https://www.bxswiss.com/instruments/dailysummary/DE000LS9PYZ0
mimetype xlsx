--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra10fb1a1edfd442d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R43c9ef33714845b1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R06bc588ad4174798"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R89c7e199acc24437"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6230a90494124b48" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R06bc588ad4174798" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R65af00017bb244b8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R89c7e199acc24437" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Long Disrupters</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9PYZ0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>303,022</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>303,051</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>299,423</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>300,969</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>299,083</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>299,652</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>297,208</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>298,814</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,582</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,388</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,891</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,128</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,148</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,899</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,768</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>