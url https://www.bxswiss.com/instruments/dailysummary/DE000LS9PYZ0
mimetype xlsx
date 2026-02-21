--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R43c9ef33714845b1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9e3f356ae8fc495e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R89c7e199acc24437"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re85c182e89344381"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R65af00017bb244b8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R89c7e199acc24437" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbd651577b856451f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re85c182e89344381" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Long Disrupters</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9PYZ0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>299,768</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,131</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,281</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,048</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,571</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,378</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,331</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,929</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,062</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,122</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,791</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,216</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,228</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,501</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,419</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,001</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,448</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,603</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,078</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>