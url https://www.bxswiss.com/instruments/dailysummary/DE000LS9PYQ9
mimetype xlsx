--- v0 (2025-10-31)
+++ v1 (2026-01-08)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd6a1d8a274bf43bb" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0f389e6d0b704597" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R590e29f5fa21408e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4f72fe53dad2471c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8614f756affa41c5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R590e29f5fa21408e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R36e948e26e4f4ec5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4f72fe53dad2471c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>PU investment solutions - TECH</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9PYQ9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>236,047</x:t>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,409</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,826</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,431</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,401</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,523</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,518</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,823</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,369</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,039</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,379</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,873</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,326</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,217</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,988</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>