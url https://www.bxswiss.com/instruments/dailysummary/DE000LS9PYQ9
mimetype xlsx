--- v1 (2026-01-08)
+++ v2 (2026-01-09)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0f389e6d0b704597" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R714548925c764f14" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4f72fe53dad2471c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5fab7847a4674a87"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R36e948e26e4f4ec5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4f72fe53dad2471c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf8117ca7385942a2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5fab7847a4674a87" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>PU investment solutions - TECH</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9PYQ9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -605,28 +605,55 @@
         <x:is>
           <x:t>07.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>226,260</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>228,231</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>225,646</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>227,988</x:t>
         </x:is>
       </x:c>
     </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,424</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>