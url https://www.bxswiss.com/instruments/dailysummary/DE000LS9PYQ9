--- v2 (2026-01-09)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R714548925c764f14" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R03f02e6acd154afb" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5fab7847a4674a87"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R089a68c6a9784192"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf8117ca7385942a2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5fab7847a4674a87" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc00b83d027774ea8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R089a68c6a9784192" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>PU investment solutions - TECH</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9PYQ9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,511 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.12.2025</x:t>
-[...478 lines deleted...]
-          <x:t>227,424</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,692</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,233</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,952</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,774</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,644</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,633</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,144</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,671</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,508</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,771</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,373</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,751</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,232</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,476</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,156</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,826</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>