--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R03f02e6acd154afb" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R08e5898e875a4d34" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R089a68c6a9784192"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcc57829f82a04604"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc00b83d027774ea8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R089a68c6a9784192" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc828f63e7c69485e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcc57829f82a04604" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>PU investment solutions - TECH</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9PYQ9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>208,563</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>209,758</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>207,437</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>208,508</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>202,391</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>203,490</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>200,736</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>202,826</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,336</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,771</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,538</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,072</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,909</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,821</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,934</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,227</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,167</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,261</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,214</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,443</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,783</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,495</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>