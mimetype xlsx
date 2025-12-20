--- v0 (2025-10-25)
+++ v1 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9ffbb699be1a457e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Reb739298833c402d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc851c4abd893434b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8c2c7cda126545e5"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9e2125d6c0a04e87" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc851c4abd893434b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4109b376ca514d2c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8c2c7cda126545e5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>SPACE - Profiteure der Raumfahrt</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9PYP1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>189,310</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,373</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,107</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,249</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,636</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,558</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,948</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,282</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,066</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,468</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,528</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,639</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,593</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,999</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,941</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,941</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,539</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,409</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,778</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,224</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,818</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,462</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,154</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>