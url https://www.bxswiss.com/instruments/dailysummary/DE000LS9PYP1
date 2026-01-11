--- v1 (2025-12-20)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Reb739298833c402d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R275bfd8a5e434c25" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8c2c7cda126545e5"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R890b5f4d14db4ec1"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4109b376ca514d2c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8c2c7cda126545e5" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8d62f601bceb4caa" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R890b5f4d14db4ec1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>SPACE - Profiteure der Raumfahrt</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9PYP1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>173,966</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>174,625</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>171,662</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>174,610</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>175,553</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>181,168</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>175,215</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>181,154</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,874</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,471</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,137</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,562</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,398</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,398</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,895</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>