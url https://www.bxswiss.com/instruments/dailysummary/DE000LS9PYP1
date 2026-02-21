--- v2 (2026-01-11)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R275bfd8a5e434c25" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7e00dbae0208482f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R890b5f4d14db4ec1"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7465488b7b304d01"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8d62f601bceb4caa" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R890b5f4d14db4ec1" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8bf227d9be9741e3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7465488b7b304d01" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>SPACE - Profiteure der Raumfahrt</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9PYP1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>205,895</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,163</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,742</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,063</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,429</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,233</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,309</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,909</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,743</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,686</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,232</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,279</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,061</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,654</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,087</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,899</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,656</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,237</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,292</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,155</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>