--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7e00dbae0208482f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R20cae1abe5124532" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7465488b7b304d01"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rab9c5694e7b44004"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8bf227d9be9741e3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7465488b7b304d01" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rba4985eaecb64bf8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rab9c5694e7b44004" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>SPACE - Profiteure der Raumfahrt</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9PYP1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>219,426</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>219,635</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>213,065</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>214,087</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>223,741</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>224,015</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>222,819</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>223,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,201</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,807</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,699</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,102</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,163</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,249</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,933</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,927</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,928</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,107</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,289</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,691</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>